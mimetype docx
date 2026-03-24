--- v0 (2025-10-29)
+++ v1 (2026-03-24)
@@ -19,154 +19,154 @@
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="19E83546" w14:textId="77777777" w:rsidR="00922E7D" w:rsidRDefault="00922E7D" w:rsidP="00A36171">
+    <w:p w14:paraId="062C9D90" w14:textId="77777777" w:rsidR="00922E7D" w:rsidRDefault="00922E7D" w:rsidP="00A36171">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="766A62"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_27ium52uqmjl" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="617E0E7F" wp14:editId="3BFEFE32">
+          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="2720D096" wp14:editId="410FE800">
             <wp:extent cx="3721395" cy="1240465"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="image4.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image4.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3729269" cy="1243090"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C508383" w14:textId="77777777" w:rsidR="00922E7D" w:rsidRPr="00922E7D" w:rsidRDefault="00922E7D" w:rsidP="00251EFD">
+    <w:p w14:paraId="78A55CC6" w14:textId="15ECBCC1" w:rsidR="00922E7D" w:rsidRPr="00922E7D" w:rsidRDefault="00922E7D" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="TemplateTitle"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00922E7D">
         <w:t>VCS</w:t>
       </w:r>
       <w:r w:rsidR="009B429D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00282860">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>Module/Tool</w:t>
       </w:r>
       <w:r w:rsidR="00282860" w:rsidRPr="00922E7D">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Template</w:t>
       </w:r>
       <w:r w:rsidR="00282860">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>, v</w:t>
       </w:r>
       <w:r w:rsidR="00475EF7">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>5.0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D22490" w14:textId="77777777" w:rsidR="006611E2" w:rsidRDefault="009B429D" w:rsidP="006611E2">
+    <w:p w14:paraId="69A6DB79" w14:textId="3F26AB48" w:rsidR="006611E2" w:rsidRDefault="009B429D" w:rsidP="006611E2">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA7D51">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>This template is for develop</w:t>
       </w:r>
       <w:r w:rsidR="006611E2">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA7D51">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F8248A">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -176,51 +176,51 @@
       <w:r w:rsidRPr="00DA7D51">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="006D512B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> under the VCS Program</w:t>
       </w:r>
       <w:r w:rsidR="00922E7D" w:rsidRPr="00DA7D51">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006611E2">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D1786A" w14:textId="77777777" w:rsidR="006611E2" w:rsidRDefault="006611E2" w:rsidP="006611E2">
+    <w:p w14:paraId="413EB342" w14:textId="6778A1AD" w:rsidR="006611E2" w:rsidRDefault="006611E2" w:rsidP="006611E2">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Follow the instructions in this template to draft the module/tool</w:t>
       </w:r>
       <w:r w:rsidR="00130149">
         <w:t>. E</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nsure </w:t>
       </w:r>
       <w:r w:rsidR="00130149">
         <w:t xml:space="preserve">the module/tool </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">meets the rules and requirements in the most recent versions of the </w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:rPr>
           <w:i/>
@@ -264,247 +264,255 @@
       <w:r w:rsidRPr="00BA441A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">these documents </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">when drafting the </w:t>
       </w:r>
       <w:r w:rsidR="00130149">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>module/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA441A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660534A6" w14:textId="77777777" w:rsidR="006611E2" w:rsidRPr="00DA7D51" w:rsidRDefault="006611E2" w:rsidP="006611E2">
+    <w:p w14:paraId="1D6FBFF3" w14:textId="2F3F35FC" w:rsidR="006611E2" w:rsidRPr="00DA7D51" w:rsidRDefault="006611E2" w:rsidP="006611E2">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA441A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Note that the instructions in this template serve as a guide and do not necessarily represent an exhaustive list of the information the </w:t>
       </w:r>
       <w:r w:rsidR="00130149">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>author</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA441A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> must provide under each template section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C1C2B5" w14:textId="77777777" w:rsidR="00922E7D" w:rsidRDefault="00922E7D">
+    <w:p w14:paraId="40FE4C22" w14:textId="7EE75643" w:rsidR="00922E7D" w:rsidRDefault="00922E7D">
       <w:pPr>
         <w:pStyle w:val="Intra-sectionheader"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:rPr>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions for Completing the </w:t>
       </w:r>
       <w:r w:rsidR="006A3515">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve">DRAFT </w:t>
       </w:r>
       <w:r w:rsidR="00F8248A" w:rsidRPr="00251EFD">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>Module/Tool</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54578400" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="07AB8261" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">On the title page, replace the placeholders in square brackets with the relevant information.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6FE3B8" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="59B587CC" w14:textId="2E251DE1" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Complete the header (to appear on each page) with the following information, replacing the square bracket placeholders with the relevant information, based on the module/tool development stage:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7FDD04" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="24277EAB" w14:textId="5C94B810" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>For draft modules/tools: “[Development ID], Draft [Module/Tool]”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634EADC1" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="1A332CA2" w14:textId="7A86749E" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>For approved modules/tools: “[Module/Tool Number], v[version number]”</w:t>
+        <w:t xml:space="preserve">For approved modules/tools: “[Module/Tool Number], </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>v[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>version number]”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6CB401" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="3843F368" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Propose a clear and concise title using the following guidance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="514283F9" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="21DDAB3C" w14:textId="34760E88" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Do not include words like “projects,” “activities,” “emission reductions</w:t>
       </w:r>
       <w:r w:rsidR="00F2484F">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>” or “removals</w:t>
       </w:r>
       <w:r w:rsidR="00470D89">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FCDB9BA" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="4FFED717" w14:textId="461D4FAA" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Preferably, do not include “</w:t>
       </w:r>
       <w:r w:rsidR="00184A65">
         <w:t>module</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00184A65">
         <w:t xml:space="preserve"> or “tool</w:t>
       </w:r>
       <w:r w:rsidR="00F2484F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00184A65">
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125AFF59" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="7E8E7354" w14:textId="078D279F" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do not include terms related to the quantification </w:t>
       </w:r>
       <w:r w:rsidR="00F2484F">
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> monitoring method</w:t>
       </w:r>
       <w:r w:rsidR="00F2484F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4802A6AA" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00184A65" w:rsidP="00130149">
+    <w:p w14:paraId="39EB65E3" w14:textId="63B4C919" w:rsidR="00130149" w:rsidRDefault="00184A65" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="Note"/>
         <w:spacing w:before="120" w:after="60"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>An e</w:t>
       </w:r>
       <w:r w:rsidR="00130149" w:rsidRPr="34CEB5C5">
         <w:rPr>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">xample of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -513,147 +521,147 @@
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidR="00130149" w:rsidRPr="34CEB5C5">
         <w:rPr>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">appropriate title </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00130149" w:rsidRPr="34CEB5C5">
         <w:rPr>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C09D7A" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00184A65" w:rsidP="00130149">
+    <w:p w14:paraId="16B07F6C" w14:textId="696F9FA9" w:rsidR="00130149" w:rsidRDefault="00184A65" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Unplanned Deforestation Allocation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0066235F" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="1F23F64C" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="Note"/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Rather than:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6967A304" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00184A65" w:rsidP="00130149">
+    <w:p w14:paraId="41AC8D23" w14:textId="2F2C6666" w:rsidR="00130149" w:rsidRDefault="00184A65" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Tool for Allocatin</w:t>
       </w:r>
       <w:r w:rsidR="00C93403">
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Unplanned Deforestation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E5B070" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="4862800D" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Follow the i</w:t>
       </w:r>
       <w:r w:rsidRPr="001B4934">
         <w:t xml:space="preserve">nstructions under </w:t>
       </w:r>
       <w:r>
         <w:t>each</w:t>
       </w:r>
       <w:r w:rsidRPr="001B4934">
         <w:t xml:space="preserve"> section heading in this template. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AE94B3" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="05D7461F" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="008631B8">
         <w:t>Use</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> clear, logical, concise</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> and precise language to aid readability and ensure consistent application </w:t>
       </w:r>
       <w:r>
         <w:t>and interpretation</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318B72F7" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="2EA9CD1C" w14:textId="0FC405F0" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002241F2">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Only include relevant procedures and requirements in the main sections of the </w:t>
       </w:r>
       <w:r w:rsidR="00184A65">
         <w:t>module/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve">Use appendices to provide detailed background information, explanation, and justification of key components. </w:t>
       </w:r>
       <w:r w:rsidR="00C93403" w:rsidRPr="00251EFD">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -689,726 +697,761 @@
       <w:r>
         <w:t>helpful</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> the reader </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve">follow the logic of the </w:t>
       </w:r>
       <w:r w:rsidR="00184A65">
         <w:t>module/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> when applying the procedures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC642B3" w14:textId="77777777" w:rsidR="00C93403" w:rsidRDefault="00C93403" w:rsidP="00130149">
+    <w:p w14:paraId="7B15775C" w14:textId="4A03FFCB" w:rsidR="00C93403" w:rsidRDefault="00C93403" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Second</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93403">
         <w:t xml:space="preserve">-level (e.g., </w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93403">
         <w:t xml:space="preserve">.1) and </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>third</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93403">
-        <w:t>-level (</w:t>
+        <w:t>-level</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C93403">
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00A16F27">
         <w:t xml:space="preserve">e.g., </w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93403">
         <w:t>.1</w:t>
       </w:r>
       <w:r>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93403">
         <w:t>) may be added where it is helpful to the reader for information to be grouped in this way (e.g., if there are multiple options for one type of calculation).</w:t>
       </w:r>
       <w:r w:rsidR="00953963">
         <w:t xml:space="preserve"> Do not change or add first-level headings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F9A61E" w14:textId="77777777" w:rsidR="00130149" w:rsidRPr="002241F2" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="432E6757" w14:textId="35E8761D" w:rsidR="00130149" w:rsidRPr="002241F2" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">When citing references, give the author(s) and </w:t>
       </w:r>
       <w:r w:rsidR="006423FA">
         <w:t>year of publication</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in parentheses and then provide the full reference information in Section</w:t>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:instrText xml:space="preserve"> REF _Ref200535337 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545">
+      <w:r w:rsidR="00C80114">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>. Do not use footnotes to provide full reference information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0966A59E" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="663F48F9" w14:textId="1BF5B359" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00184A65">
         <w:t>module/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> must use the keywords “must,” “should</w:t>
       </w:r>
       <w:r w:rsidR="0096191D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t>” and “may” appropriately:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EC5446" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="24DF6687" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002241F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>indicates</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> a firm requirement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2269CBE9" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="296D1C5D" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002241F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>indicates</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> a (non-mandatory) recommendation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC07240" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="59E5F506" w14:textId="77777777" w:rsidR="00130149" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002241F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>indicates</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> a permissible or allowable option</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24EBDB77" w14:textId="77777777" w:rsidR="00130149" w:rsidRPr="002241F2" w:rsidRDefault="00130149" w:rsidP="00130149">
+    <w:p w14:paraId="65F5CDD4" w14:textId="271AD8B4" w:rsidR="00130149" w:rsidRPr="002241F2" w:rsidRDefault="00130149" w:rsidP="00130149">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002241F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">do not use ”shall” </w:t>
+        <w:t xml:space="preserve">do not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>use ”shall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidR="00445B86">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00445B86">
         <w:t>modules</w:t>
       </w:r>
       <w:r w:rsidR="00D403DC">
         <w:t>/tools</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hall” is </w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
         <w:t>reserved for VCS Program documents</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074F3262" w14:textId="77777777" w:rsidR="0099018D" w:rsidRPr="00DA7D51" w:rsidRDefault="00130149" w:rsidP="00251EFD">
+    <w:p w14:paraId="559F06BC" w14:textId="5A336551" w:rsidR="0099018D" w:rsidRPr="00DA7D51" w:rsidRDefault="00130149" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="002241F2">
-        <w:t>omplete all sections using Franklin Gothic Book 10.5 point, black, regular (non-italic) font.</w:t>
+        <w:t xml:space="preserve">omplete all sections using Franklin Gothic Book </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002241F2">
+        <w:t>10.5 point</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002241F2">
+        <w:t>, black, regular (non-italic) font.</w:t>
       </w:r>
       <w:r w:rsidR="00184A65">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0099018D" w:rsidRPr="00DA7D51">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Where a section is not applicable, explain why the section is not applicable (i.e., do not delete the section from the final document and do not only write “not applicable”). </w:t>
+        <w:t xml:space="preserve">Where a section is not applicable, explain why the section is not applicable (i.e., do not delete the section from the final document and do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0099018D" w:rsidRPr="00DA7D51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>not only write</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0099018D" w:rsidRPr="00DA7D51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “not applicable”). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044C9E64" w14:textId="77777777" w:rsidR="00184A65" w:rsidRPr="002241F2" w:rsidRDefault="00184A65" w:rsidP="00251EFD">
+    <w:p w14:paraId="1936A84C" w14:textId="00C2B743" w:rsidR="00184A65" w:rsidRPr="002241F2" w:rsidRDefault="00184A65" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Use italic font to reference VCS Program documents, methodologies, and tools (e.g., “the most recent version of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00184A65">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>VCS Methodology Requirements</w:t>
       </w:r>
       <w:r>
         <w:t>”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A650C11" w14:textId="77777777" w:rsidR="00184A65" w:rsidRDefault="00184A65" w:rsidP="00251EFD">
+    <w:p w14:paraId="60E32D78" w14:textId="77777777" w:rsidR="00184A65" w:rsidRDefault="00184A65" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="NumberedList"/>
       </w:pPr>
       <w:r w:rsidRPr="002241F2">
         <w:t xml:space="preserve">Delete all instructions, including this introductory text, from the final </w:t>
       </w:r>
       <w:r w:rsidRPr="00A148EF">
         <w:t>document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618CA252" w14:textId="77777777" w:rsidR="0099018D" w:rsidRPr="0099018D" w:rsidRDefault="0099018D" w:rsidP="0099018D">
+    <w:p w14:paraId="50D24C1D" w14:textId="065447D6" w:rsidR="0099018D" w:rsidRPr="0099018D" w:rsidRDefault="0099018D" w:rsidP="0099018D">
       <w:pPr>
         <w:sectPr w:rsidR="0099018D" w:rsidRPr="0099018D" w:rsidSect="00515EBE">
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="864" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="286"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B3BFBD4" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="00D109C1" w:rsidRDefault="00BE3613" w:rsidP="00BE3613"/>
-    <w:p w14:paraId="7738DE43" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="770E2A18" w14:textId="2C0A9828" w:rsidR="00BE3613" w:rsidRPr="00D109C1" w:rsidRDefault="00BE3613" w:rsidP="00BE3613"/>
+    <w:p w14:paraId="7571CE41" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BB3A00E" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2975A8F0" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="001D3F54" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="2A02976A" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613"/>
+    <w:p w14:paraId="40778477" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613"/>
+    <w:p w14:paraId="4421A398" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="001D3F54" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3050"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21DEC399" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="001D3F54" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="598DDA4E" w14:textId="291CE776" w:rsidR="00BE3613" w:rsidRPr="001D3F54" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3050"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Cambria" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Cambria" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Draft</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3F54">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Cambria" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Cambria" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Module/Tool]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A029833" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="001D3F54" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="31FCC53E" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="001D3F54" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3050"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Cambria" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5095D1A4" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="001D3F54" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="4927AC5F" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="001D3F54" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3050"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Cambria" w:hAnsi="Century Gothic" w:cs="Arial"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>[Development ID]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9856D3" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="00A2290A" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="120C91FB" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="00A2290A" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3050"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="120" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Cambria" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="406A98C2" wp14:editId="54732716">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C5CDCF7" wp14:editId="1195E2AC">
                 <wp:extent cx="5943600" cy="635"/>
                 <wp:effectExtent l="0" t="31750" r="0" b="36830"/>
                 <wp:docPr id="1435160702" name="Rectangle 1435160702"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noRot="1" noChangeAspect="1" noEditPoints="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5943600" cy="635"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="00AEC6"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0EC97D82" id="Rectangle 1435160702" o:spid="_x0000_s1026" style="width:468pt;height:.05pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9hEQuBwIAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v0zAUfUfiP1h+p0m7trCo6VR1G0Ia&#10;MLHyA1zHSSwcX3PtNi2/ftdu1hV4Q7xYvh8+Puf4enFz6AzbK/QabMnHo5wzZSVU2jYl/765f/eB&#10;Mx+ErYQBq0p+VJ7fLN++WfSuUBNowVQKGYFYX/Su5G0IrsgyL1vVCT8CpywVa8BOBAqxySoUPaF3&#10;Jpvk+TzrASuHIJX3lL09Ffky4de1kuFrXXsVmCk5cQtpxbRu45otF6JoULhWy4GG+AcWndCWLj1D&#10;3Yog2A71X1Cdlgge6jCS0GVQ11qqpIHUjPM/1Dy1wqmkhczx7myT/3+w8sv+yT1ipO7dA8gfnln4&#10;BuTTmNNu3QrbqJV3ZOSQuqt0eARtA7G47EGEvlWi+j2dJGyOjp4+NW/UIUSEGJL3We98ceYQA09s&#10;2Lb/DBUdEbsAydZDjV3kSIaxQ3q94/n1CJFJSs6up1fznB5ZUm1+NUv4ong56tCHjwo6FjclR1KU&#10;oMX+wYdIRRQvLckNMLq618akAJvt2iDbizhG+epuPR/Q/WWbsbHZQjx2QoyZpDHKikPpiy1UR5KI&#10;0WMiS3+HNi3gL856msOS+587gYoz88mSl9fj6TQObgqms/cTCvCysr2sCCsJquSBs9N2HU7DvnOo&#10;mzbZfuK4ImtrnYS/shrI0qwlP4Z/EYf5Mk5dr793+QwAAP//AwBQSwMEFAAGAAgAAAAhACz3B1TY&#10;AAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdaG0bYzalCD2KWAXpbZKd&#10;JqHZ2ZDdpvHfO/Wil4HHe7z5Xr6eXKdGGkLr2cD9LAFFXHnbcm3g82N7l4IKEdli55kMfFOAdXF9&#10;lWNm/ZnfadzFWkkJhwwNNDH2mdahashhmPmeWLyDHxxGkUOt7YBnKXedfkiSpXbYsnxosKeXhqrj&#10;7uQMlHrTrhZpnKfb/q3cL74Oj8fX0Zjbm2nzDCrSFP/CcMEXdCiEqfQntkF1BmRI/L3iPc2XIstL&#10;SBe5/o9e/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9hEQuBwIAAAUEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAs9wdU2AAAAAIBAAAPAAAA&#10;AAAAAAAAAAAAAGEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" fillcolor="#00aec6" stroked="f">
+              <v:rect w14:anchorId="2D469249" id="Rectangle 1435160702" o:spid="_x0000_s1026" style="width:468pt;height:.05pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9hEQuBwIAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v0zAUfUfiP1h+p0m7trCo6VR1G0Ia&#10;MLHyA1zHSSwcX3PtNi2/ftdu1hV4Q7xYvh8+Puf4enFz6AzbK/QabMnHo5wzZSVU2jYl/765f/eB&#10;Mx+ErYQBq0p+VJ7fLN++WfSuUBNowVQKGYFYX/Su5G0IrsgyL1vVCT8CpywVa8BOBAqxySoUPaF3&#10;Jpvk+TzrASuHIJX3lL09Ffky4de1kuFrXXsVmCk5cQtpxbRu45otF6JoULhWy4GG+AcWndCWLj1D&#10;3Yog2A71X1Cdlgge6jCS0GVQ11qqpIHUjPM/1Dy1wqmkhczx7myT/3+w8sv+yT1ipO7dA8gfnln4&#10;BuTTmNNu3QrbqJV3ZOSQuqt0eARtA7G47EGEvlWi+j2dJGyOjp4+NW/UIUSEGJL3We98ceYQA09s&#10;2Lb/DBUdEbsAydZDjV3kSIaxQ3q94/n1CJFJSs6up1fznB5ZUm1+NUv4ong56tCHjwo6FjclR1KU&#10;oMX+wYdIRRQvLckNMLq618akAJvt2iDbizhG+epuPR/Q/WWbsbHZQjx2QoyZpDHKikPpiy1UR5KI&#10;0WMiS3+HNi3gL856msOS+587gYoz88mSl9fj6TQObgqms/cTCvCysr2sCCsJquSBs9N2HU7DvnOo&#10;mzbZfuK4ImtrnYS/shrI0qwlP4Z/EYf5Mk5dr793+QwAAP//AwBQSwMEFAAGAAgAAAAhACz3B1TY&#10;AAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdaG0bYzalCD2KWAXpbZKd&#10;JqHZ2ZDdpvHfO/Wil4HHe7z5Xr6eXKdGGkLr2cD9LAFFXHnbcm3g82N7l4IKEdli55kMfFOAdXF9&#10;lWNm/ZnfadzFWkkJhwwNNDH2mdahashhmPmeWLyDHxxGkUOt7YBnKXedfkiSpXbYsnxosKeXhqrj&#10;7uQMlHrTrhZpnKfb/q3cL74Oj8fX0Zjbm2nzDCrSFP/CcMEXdCiEqfQntkF1BmRI/L3iPc2XIstL&#10;SBe5/o9e/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9hEQuBwIAAAUEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAs9wdU2AAAAAIBAAAPAAAA&#10;AAAAAAAAAAAAAGEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" fillcolor="#00aec6" stroked="f">
                 <o:lock v:ext="edit" rotation="t" aspectratio="t" verticies="t" text="t" shapetype="t"/>
                 <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554792C0" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="00A02313" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="0748F904" w14:textId="4D4F5397" w:rsidR="00BE3613" w:rsidRPr="00A02313" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:caps/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:caps/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">[Module/tool </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:caps/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>itle]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D5AF22" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="1585D616" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="48"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61AC8DF5" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="4A72D658" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="48"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33CECB58" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="3295CB55" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F5BB28E" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="37A63BCB" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BDDC549" w14:textId="77777777" w:rsidR="0076392C" w:rsidRDefault="0076392C" w:rsidP="00BE3613">
+    <w:p w14:paraId="74F7E165" w14:textId="77777777" w:rsidR="0076392C" w:rsidRDefault="0076392C" w:rsidP="00BE3613">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25E630E0" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="7F50B242" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic"/>
           <w:color w:val="2B3A57"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AEDD36D" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="0064319A" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="55D3942C" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="0064319A" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:color w:val="2B3A57"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:color w:val="2B3A57"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Draft Version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D4AC1A" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="0064319A" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
+    <w:p w14:paraId="30E8421D" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="0064319A" w:rsidRDefault="00BE3613" w:rsidP="00BE3613">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:color w:val="2B3A57"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:color w:val="2B3A57"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>[Date of version release]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DB416D" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="00251EFD" w:rsidRDefault="00BE3613" w:rsidP="00251EFD">
+    <w:p w14:paraId="186C6C9D" w14:textId="1B4E745A" w:rsidR="00BE3613" w:rsidRPr="00251EFD" w:rsidRDefault="00BE3613" w:rsidP="00251EFD">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:color w:val="2B3A57"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064319A">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:color w:val="2B3A57"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Sectoral Scope </w:t>
       </w:r>
@@ -1421,116 +1464,116 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>[number]</w:t>
       </w:r>
       <w:r w:rsidR="002F053D">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="MS Gothic" w:hAnsi="Century Gothic" w:cs="Times New Roman"/>
           <w:color w:val="2B3A57"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>: [Name of sectoral scope]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B69E696" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="00633396" w:rsidRDefault="00BE3613" w:rsidP="00251EFD">
+    <w:p w14:paraId="128F81FA" w14:textId="5D2FB0EF" w:rsidR="00BE3613" w:rsidRPr="00633396" w:rsidRDefault="00BE3613" w:rsidP="00251EFD">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidRPr="00633396">
         <w:t xml:space="preserve">draft </w:t>
       </w:r>
       <w:r w:rsidR="00870101" w:rsidRPr="00633396">
         <w:t>[module/tool]</w:t>
       </w:r>
       <w:r w:rsidRPr="00633396">
         <w:t xml:space="preserve"> was developed by [name(s) of developer(s)].</w:t>
       </w:r>
       <w:r w:rsidRPr="00633396">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38BFE93A" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="00030969" w:rsidRDefault="00BE3613" w:rsidP="00251EFD">
+    <w:p w14:paraId="267A1D7A" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="00030969" w:rsidRDefault="00BE3613" w:rsidP="00251EFD">
       <w:r w:rsidRPr="00633396">
         <w:t>[add an</w:t>
       </w:r>
       <w:r>
         <w:t>y relevant developer logos here]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35631CA7" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00251EFD">
+    <w:p w14:paraId="35C99A00" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
           <w:color w:val="005B82"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00BE3613" w:rsidSect="00251EFD">
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:footerReference w:type="default" r:id="rId15"/>
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="364F108E" w14:textId="77777777" w:rsidR="00900BAF" w:rsidRDefault="00922E7D" w:rsidP="00251EFD">
+    <w:p w14:paraId="344BA968" w14:textId="77777777" w:rsidR="00900BAF" w:rsidRDefault="00922E7D" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="TOC"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_x84r14w3g9r7" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="2" w:name="_houq13783nr7" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="3" w:name="_Toc535492837"/>
       <w:bookmarkStart w:id="4" w:name="_Toc535493049"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="0099018D">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="123AE1EB" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00922E7D">
+    <w:p w14:paraId="2DD78C04" w14:textId="7AA53389" w:rsidR="00DF03A8" w:rsidRDefault="00922E7D">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:noProof/>
           <w:color w:val="2B3A57"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00900BAF">
@@ -1608,51 +1651,51 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00DF03A8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00DF03A8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77F9AF09" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="4123312C" w14:textId="4086CF9D" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528971" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
@@ -1702,51 +1745,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40BCF517" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="7E2235E7" w14:textId="0033DFD6" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528974" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
@@ -1796,51 +1839,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C1340E8" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="017AE5B8" w14:textId="7216DEFE" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528975" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
@@ -1890,51 +1933,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="79ADDE0B" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="62CB6EA0" w14:textId="277EE84F" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528976" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
@@ -1984,51 +2027,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E2C3D11" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="315FE577" w14:textId="67E3A649" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528977" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
@@ -2078,51 +2121,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="222F6C66" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="46F2D667" w14:textId="7DE2CF95" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528978" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
             <w:noProof/>
@@ -2170,51 +2213,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="105E59E0" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="6D1814E4" w14:textId="6FD01F50" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528979" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
             <w:noProof/>
@@ -2262,51 +2305,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EAAB188" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="4FE6691C" w14:textId="3A6BF4C5" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528980" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
@@ -2356,51 +2399,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45696900" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="555B41CB" w14:textId="5F84B558" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528981" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>APPENDIX X: [Title of Appendix]</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2429,51 +2472,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77EE007C" w14:textId="77777777" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
+    <w:p w14:paraId="28F7F4CB" w14:textId="54CD18BE" w:rsidR="00DF03A8" w:rsidRDefault="00DF03A8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200528982" w:history="1">
         <w:r w:rsidRPr="006E77FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Document History</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2502,201 +2545,219 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80114">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00958CF0" w14:textId="77777777" w:rsidR="00922E7D" w:rsidRDefault="00922E7D">
+    <w:p w14:paraId="23E8D35A" w14:textId="4B76E6BD" w:rsidR="00922E7D" w:rsidRDefault="00922E7D">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <w:sectPr w:rsidR="00922E7D" w:rsidSect="00515EBE">
           <w:footerReference w:type="default" r:id="rId18"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="286"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="2B3A57"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044C7848" w14:textId="77777777" w:rsidR="00922E7D" w:rsidRDefault="00922E7D">
+    <w:p w14:paraId="3600F598" w14:textId="77777777" w:rsidR="00922E7D" w:rsidRDefault="00922E7D">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b w:val="0"/>
           <w:noProof/>
         </w:rPr>
         <w:sectPr w:rsidR="00922E7D" w:rsidSect="00515EBE">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="286"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04AF1244" w14:textId="77777777" w:rsidR="00BE7B2A" w:rsidRDefault="00BE7B2A" w:rsidP="00BE7B2A">
+    <w:p w14:paraId="3E3BFB03" w14:textId="7C8F32FB" w:rsidR="00BE7B2A" w:rsidRDefault="00BE7B2A" w:rsidP="00BE7B2A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc200528970"/>
       <w:bookmarkStart w:id="6" w:name="_Toc267652402"/>
       <w:bookmarkStart w:id="7" w:name="_Toc268164822"/>
       <w:bookmarkStart w:id="8" w:name="_Toc268165404"/>
       <w:bookmarkStart w:id="9" w:name="_Toc277142723"/>
       <w:bookmarkStart w:id="10" w:name="_Toc277174422"/>
       <w:bookmarkStart w:id="11" w:name="_Toc382836582"/>
       <w:r w:rsidRPr="00565FBC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Summary </w:t>
       </w:r>
       <w:r w:rsidRPr="00565FBC">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00565FBC">
         <w:t>escription</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00565FBC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5C6AD7" w14:textId="77777777" w:rsidR="00BE7B2A" w:rsidRPr="00B36CA9" w:rsidRDefault="00BE7B2A" w:rsidP="00BE7B2A">
+    <w:p w14:paraId="1E197916" w14:textId="3E8D1ADC" w:rsidR="00BE7B2A" w:rsidRPr="00B36CA9" w:rsidRDefault="00BE7B2A" w:rsidP="00BE7B2A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B36CA9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
-        <w:t>Provide a brief summary description of the module</w:t>
+        <w:t xml:space="preserve">Provide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B36CA9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+          <w:color w:val="4F5150"/>
+        </w:rPr>
+        <w:t>a brief summary</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B36CA9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+          <w:color w:val="4F5150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> description of the module</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="00B36CA9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>, including any procedural steps. The summary should be concise</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aim for no more than one page)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B36CA9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E46467">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337B9426" w14:textId="77777777" w:rsidR="00565FBC" w:rsidRPr="0086574C" w:rsidRDefault="00565FBC" w:rsidP="00565FBC">
+    <w:p w14:paraId="5DDA9026" w14:textId="77777777" w:rsidR="00565FBC" w:rsidRPr="0086574C" w:rsidRDefault="00565FBC" w:rsidP="00565FBC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc200528971"/>
       <w:r w:rsidRPr="0086574C">
         <w:t>Sources</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="26EF363F" w14:textId="77777777" w:rsidR="00CB22DB" w:rsidRDefault="00F8248A" w:rsidP="00F8248A">
+    <w:p w14:paraId="19B3659B" w14:textId="434FCCA4" w:rsidR="00CB22DB" w:rsidRDefault="00F8248A" w:rsidP="00F8248A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>Indicate key m</w:t>
       </w:r>
       <w:r w:rsidR="00BE7B2A">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
@@ -2750,51 +2811,71 @@
       <w:r w:rsidR="002D027F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> is based. </w:t>
       </w:r>
       <w:r w:rsidR="00CB22DB" w:rsidRPr="00CB22DB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
-        <w:t xml:space="preserve">Here, only include documents that have informed large parts of the </w:t>
+        <w:t xml:space="preserve">Here, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB22DB" w:rsidRPr="00CB22DB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="4F5150"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB22DB" w:rsidRPr="00CB22DB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="4F5150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include documents that have informed large parts of the </w:t>
       </w:r>
       <w:r w:rsidR="00CB22DB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>module/tool</w:t>
       </w:r>
       <w:r w:rsidR="00CB22DB" w:rsidRPr="00CB22DB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g., if </w:t>
       </w:r>
       <w:r w:rsidR="00CB22DB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
@@ -2862,51 +2943,51 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref200535337 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545">
+      <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CB22DB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
@@ -2937,137 +3018,137 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref200535337 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="0009554F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0009554F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545">
+      <w:r w:rsidR="00C80114">
         <w:t>References</w:t>
       </w:r>
       <w:r w:rsidR="0009554F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CB22DB" w:rsidRPr="00CB22DB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>) instead.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4200CA74" w14:textId="77777777" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="00F8248A" w:rsidP="00F8248A">
+    <w:p w14:paraId="5E71E169" w14:textId="69AA4785" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="00F8248A" w:rsidP="00F8248A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>Identify any modules or tools used by this module</w:t>
       </w:r>
       <w:r w:rsidR="002D027F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3363AD7E" w14:textId="77777777" w:rsidR="002A1402" w:rsidRPr="00251EFD" w:rsidRDefault="002A1402">
+    <w:p w14:paraId="1949F691" w14:textId="664A74F7" w:rsidR="002A1402" w:rsidRPr="00251EFD" w:rsidRDefault="002A1402">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12037D17" w14:textId="77777777" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="00F8248A" w:rsidP="00251EFD">
+    <w:p w14:paraId="51E15B60" w14:textId="51AFD719" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="00F8248A" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="0000162B">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
@@ -3107,218 +3188,218 @@
         </w:rPr>
         <w:t xml:space="preserve"> is based on </w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>the following module</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE28551" w14:textId="77777777" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="00F8248A" w:rsidP="00251EFD">
+    <w:p w14:paraId="058AABC3" w14:textId="7AB9F629" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="00F8248A" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="ListBullet5"/>
       </w:pPr>
       <w:r w:rsidRPr="00C80114">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>VMD00</w:t>
       </w:r>
       <w:r w:rsidR="002E4244" w:rsidRPr="00C80114">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>57</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E4244">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>CO</w:t>
       </w:r>
       <w:r w:rsidR="002E4244">
         <w:rPr>
           <w:i/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="002E4244">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Transport for CCS Projects, v1.0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F214379" w14:textId="77777777" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="00F8248A" w:rsidP="00251EFD">
+    <w:p w14:paraId="33EC1DD3" w14:textId="79C140CA" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="00F8248A" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00CD62CD">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:t>module</w:t>
       </w:r>
       <w:r w:rsidR="00CD62CD">
         <w:t>/tool]</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:t xml:space="preserve"> uses the </w:t>
       </w:r>
       <w:r w:rsidR="00D2793E">
         <w:t>most recent</w:t>
       </w:r>
       <w:r w:rsidR="00D2793E" w:rsidRPr="00251EFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:t>versions of the following modules</w:t>
       </w:r>
       <w:r w:rsidR="0009554F">
         <w:t xml:space="preserve"> and tools</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A266AFF" w14:textId="77777777" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="003C2C47" w:rsidP="00251EFD">
+    <w:p w14:paraId="0440F428" w14:textId="4C800A8D" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="003C2C47" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="ListBullet5"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>VMD0056 CO</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Capture from Air (Direct Air Capture)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE3A402" w14:textId="77777777" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="003C2C47" w:rsidP="00251EFD">
+    <w:p w14:paraId="4AE36777" w14:textId="48C1FB46" w:rsidR="00F8248A" w:rsidRPr="00251EFD" w:rsidRDefault="003C2C47" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="ListBullet5"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>VT0012 Accounting non-VCS CO</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> in CCS Projects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E17C5BB" w14:textId="77777777" w:rsidR="00565FBC" w:rsidRPr="00565FBC" w:rsidRDefault="00565FBC" w:rsidP="00565FBC">
+    <w:p w14:paraId="7EB3F8B1" w14:textId="77777777" w:rsidR="00565FBC" w:rsidRPr="00565FBC" w:rsidRDefault="00565FBC" w:rsidP="00565FBC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc200533756"/>
       <w:bookmarkStart w:id="14" w:name="_Toc200528972"/>
       <w:bookmarkStart w:id="15" w:name="_Toc200533757"/>
       <w:bookmarkStart w:id="16" w:name="_Toc200528973"/>
       <w:bookmarkStart w:id="17" w:name="_Toc200528974"/>
       <w:bookmarkStart w:id="18" w:name="_Toc277142726"/>
       <w:bookmarkStart w:id="19" w:name="_Toc277174425"/>
       <w:bookmarkStart w:id="20" w:name="_Toc382836585"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>Definitions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="31096B14" w14:textId="77777777" w:rsidR="00565FBC" w:rsidRDefault="00565FBC" w:rsidP="00A67F94">
+    <w:p w14:paraId="59589D27" w14:textId="0D345B9C" w:rsidR="00565FBC" w:rsidRDefault="00565FBC" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Using the format in the example below, provide, in alphabetical order, definitions of key terms and acronyms that are used in the </w:t>
       </w:r>
       <w:r w:rsidR="00766B00">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>module/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
@@ -3375,136 +3456,144 @@
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> Program</w:t>
       </w:r>
       <w:r w:rsidR="00F550FE" w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> Definitions</w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515DB76E" w14:textId="77777777" w:rsidR="00544E92" w:rsidRPr="00251EFD" w:rsidRDefault="00544E92" w:rsidP="00A67F94">
+    <w:p w14:paraId="43F92A7F" w14:textId="1E236D2F" w:rsidR="00544E92" w:rsidRPr="00251EFD" w:rsidRDefault="00544E92" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Examples</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1352D6A6" w14:textId="77777777" w:rsidR="00AE5333" w:rsidRPr="00AE5333" w:rsidRDefault="00AE5333" w:rsidP="00251EFD">
+    <w:p w14:paraId="64726EC4" w14:textId="77777777" w:rsidR="00AE5333" w:rsidRPr="00AE5333" w:rsidRDefault="00AE5333" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="DefinitionTerm"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE5333">
         <w:t>Commercial timber harvest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C01500E" w14:textId="77777777" w:rsidR="00AE5333" w:rsidRPr="00AE5333" w:rsidRDefault="00AE5333" w:rsidP="00251EFD">
+    <w:p w14:paraId="151050FD" w14:textId="77777777" w:rsidR="00AE5333" w:rsidRPr="00AE5333" w:rsidRDefault="00AE5333" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="Definition"/>
       </w:pPr>
       <w:r w:rsidRPr="00AE5333">
-        <w:t>Removal of merchantable trees from a forest to obtain income from the wood products</w:t>
+        <w:t xml:space="preserve">Removal of merchantable trees from a forest to obtain income from </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE5333">
+        <w:t>the wood</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE5333">
+        <w:t xml:space="preserve"> products</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09691A4E" w14:textId="77777777" w:rsidR="00921814" w:rsidRPr="00251EFD" w:rsidRDefault="00921814" w:rsidP="00251EFD">
+    <w:p w14:paraId="4F1896A8" w14:textId="2CAB32F6" w:rsidR="00921814" w:rsidRPr="00251EFD" w:rsidRDefault="00921814" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="DefinitionTerm"/>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t xml:space="preserve">Logging </w:t>
       </w:r>
       <w:r w:rsidR="00AE5333" w:rsidRPr="00AE5333">
         <w:t>slash</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2022E77F" w14:textId="77777777" w:rsidR="00565FBC" w:rsidRDefault="00921814" w:rsidP="0027198B">
+    <w:p w14:paraId="6FBCAAFF" w14:textId="047C805E" w:rsidR="00565FBC" w:rsidRDefault="00921814" w:rsidP="0027198B">
       <w:pPr>
         <w:pStyle w:val="Definition"/>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t>Dead wood residues (including foliage) left on the forest floor after timber removal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7617BFB6" w14:textId="77777777" w:rsidR="00DD7618" w:rsidRPr="00251EFD" w:rsidRDefault="00DD7618" w:rsidP="00251EFD">
+    <w:p w14:paraId="596B578F" w14:textId="77777777" w:rsidR="00DD7618" w:rsidRPr="00251EFD" w:rsidRDefault="00DD7618" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="Definition"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08229B63" w14:textId="77777777" w:rsidR="00565FBC" w:rsidRPr="00565FBC" w:rsidRDefault="00565FBC" w:rsidP="00565FBC">
+    <w:p w14:paraId="33F8E25D" w14:textId="6BF473DF" w:rsidR="00565FBC" w:rsidRPr="00565FBC" w:rsidRDefault="00565FBC" w:rsidP="00565FBC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc200528975"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Applicability </w:t>
       </w:r>
       <w:r w:rsidR="00892FFB">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t>onditions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkEnd w:id="20"/>
-    <w:p w14:paraId="32AFD897" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
+    <w:p w14:paraId="53DEC130" w14:textId="5CDF3C5E" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>Using the sample text below, first describe the project activity(s) and/or circumstances under which the module</w:t>
       </w:r>
       <w:r w:rsidR="00F55D03">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
@@ -3579,80 +3668,80 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Use a numbered list to make it easier to reference individual applicability conditions. Continue the numbering </w:t>
       </w:r>
       <w:r w:rsidR="00940FD8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>when</w:t>
       </w:r>
       <w:r w:rsidR="00940FD8" w:rsidRPr="00940FD8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> listing non-eligible conditions rather than starting a new numbered list.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F14F877" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00DC3D0F" w:rsidP="00A67F94">
+    <w:p w14:paraId="23A62CD9" w14:textId="1BB88C72" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00DC3D0F" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Authors should keep the following </w:t>
       </w:r>
       <w:r w:rsidR="00A67F94" w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>in mind when writing the applicability conditions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028CBE62" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="39135594" w14:textId="505C23BC" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>Applicability conditions must be specified clearly, and in a manner that allows easy determination of whether the module</w:t>
       </w:r>
       <w:r w:rsidR="00DC3D0F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
@@ -3668,75 +3757,75 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be used by a methodology or other module</w:t>
       </w:r>
       <w:r w:rsidR="00DC3D0F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C705E36" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="35C6D2F4" w14:textId="09EFB851" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicability conditions must not contain procedures or obligations upon the project proponent. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDB28B2" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="2797995C" w14:textId="118343EB" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">For activity methods (i.e., methodologies using a positive list approach for additionality), the applicability conditions represent the positive list. Section </w:t>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
@@ -3753,51 +3842,51 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref200535588 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545">
+      <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
@@ -3828,51 +3917,51 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref200535588 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00A26099">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00A26099">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545">
+      <w:r w:rsidR="00C80114">
         <w:t>Procedures</w:t>
       </w:r>
       <w:r w:rsidR="00A26099">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>) of the module</w:t>
       </w:r>
       <w:r w:rsidR="00DC3D0F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
@@ -3904,203 +3993,203 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> to see how the Additionality section</w:t>
       </w:r>
       <w:r w:rsidR="00DC3D0F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Section 7)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> of that template similarly addresses regulatory surplus, while the Applicability Conditions section represents the positive list).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB4EE6F" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="7DE3132B" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>The list of applicability conditions may contain exclusions (i.e., may describe types of activities or circumstances under which the module does not apply).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772BF3E2" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00DC3D0F" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="0B635408" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00DC3D0F" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC3D0F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:t>module</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3D0F">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3823F4" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="7C9B70AC" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t>This module is applicable under the following conditions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C83569" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="723E7868" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="ListBullet5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t>&lt;Condition&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB5DB07" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="619E2CC8" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="ListBullet5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t>&lt;Condition&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA08C3C" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="0C28F05E" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="ListBullet5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C30BAD5" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="1999F55B" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t>This module is not applicable under the following conditions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647C3978" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="4266682B" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="ListBullet5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t>&lt;Condition&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB5A45D" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00892FFB" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
+    <w:p w14:paraId="6DB717BB" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00892FFB" w:rsidRDefault="00A67F94" w:rsidP="00251EFD">
       <w:pPr>
         <w:pStyle w:val="ListBullet5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6F2940" w14:textId="77777777" w:rsidR="00565FBC" w:rsidRPr="00565FBC" w:rsidRDefault="00A67F94" w:rsidP="00565FBC">
+    <w:p w14:paraId="5580A5D3" w14:textId="055A5B91" w:rsidR="00565FBC" w:rsidRPr="00565FBC" w:rsidRDefault="00A67F94" w:rsidP="00565FBC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Ref200535588"/>
       <w:bookmarkStart w:id="23" w:name="_Toc200528976"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="568E4F32" w14:textId="77777777" w:rsidR="003763DF" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
+    <w:p w14:paraId="5EF53F82" w14:textId="51226CD7" w:rsidR="003763DF" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc382836587"/>
       <w:bookmarkStart w:id="25" w:name="_Toc268165408"/>
       <w:bookmarkStart w:id="26" w:name="_Toc277142727"/>
       <w:bookmarkStart w:id="27" w:name="_Toc277174426"/>
       <w:bookmarkStart w:id="28" w:name="_Ref366073950"/>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe, in detail, the procedures established by the module. Follow the instructions provided in any relevant sections of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
@@ -4143,95 +4232,95 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">carbon dioxide </w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>removals).</w:t>
       </w:r>
       <w:r w:rsidR="00E46467">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C810DED" w14:textId="77777777" w:rsidR="00A36171" w:rsidRPr="0024179A" w:rsidRDefault="00A67F94" w:rsidP="00AB5F1B">
+    <w:p w14:paraId="2B64FB8E" w14:textId="5D1162B1" w:rsidR="00A36171" w:rsidRPr="0024179A" w:rsidRDefault="00A67F94" w:rsidP="00AB5F1B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc200528977"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>Data and Parameters</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="6E0011FD" w14:textId="77777777" w:rsidR="00A36171" w:rsidRDefault="00A36171" w:rsidP="006D512B">
+    <w:p w14:paraId="5C133FF0" w14:textId="77777777" w:rsidR="00A36171" w:rsidRDefault="00A36171" w:rsidP="006D512B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc268165412"/>
       <w:bookmarkStart w:id="31" w:name="_Toc277142736"/>
       <w:bookmarkStart w:id="32" w:name="_Toc277174435"/>
       <w:bookmarkStart w:id="33" w:name="_Ref367817309"/>
       <w:bookmarkStart w:id="34" w:name="_Toc382836597"/>
       <w:bookmarkStart w:id="35" w:name="_Ref163722860"/>
       <w:bookmarkStart w:id="36" w:name="_Ref200532135"/>
       <w:bookmarkStart w:id="37" w:name="_Ref200533090"/>
       <w:bookmarkStart w:id="38" w:name="_Toc200528978"/>
       <w:r>
         <w:t>Data and Parameters Available at Validation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="13BF0F66" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
+    <w:p w14:paraId="07520280" w14:textId="61556AFB" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete the table below for all data and parameters that will be determined or available at validation and remain fixed throughout the project crediting period (copy the table </w:t>
       </w:r>
       <w:r w:rsidR="00DD1BEE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
@@ -4262,51 +4351,51 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref200531662 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00875F1C">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00875F1C">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545">
+      <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>6.2</w:t>
       </w:r>
       <w:r w:rsidR="00875F1C">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00875F1C">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
@@ -4337,242 +4426,242 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref200531662 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00637C40">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00637C40">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545" w:rsidRPr="00A828C6">
+      <w:r w:rsidR="00C80114" w:rsidRPr="00A828C6">
         <w:t>Data and Parameters Monitored</w:t>
       </w:r>
       <w:r w:rsidR="00637C40">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">) below. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23BE7288" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
+    <w:p w14:paraId="7036A0EB" w14:textId="17856BD1" w:rsidR="00A67F94" w:rsidRPr="00251EFD" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure that data sources are appropriate and </w:t>
       </w:r>
       <w:r w:rsidR="00565292" w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">conform </w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">with VCS Program rules and requirements. Likewise, ensure that rules and requirements for models and default factors are adhered to. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3C80E7" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00C41752" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
+    <w:p w14:paraId="4C6613AA" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00C41752" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent2"/>
         <w:tblW w:w="8640" w:type="dxa"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="6120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="6BCEBB7D" w14:textId="77777777" w:rsidTr="009F153C">
+      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="075ECE45" w14:textId="77777777" w:rsidTr="009F153C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="182A1249" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="6981F67F" w14:textId="6F9F42BA" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data/Parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="210C315F" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00251EFD" w:rsidRDefault="00FB6F24" w:rsidP="00251EFD">
+          <w:p w14:paraId="39DA50E9" w14:textId="0AE59D7C" w:rsidR="007A3CA6" w:rsidRPr="00251EFD" w:rsidRDefault="00FB6F24" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Use italic font; do not use “Equation” function</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="5373104D" w14:textId="77777777" w:rsidTr="009F153C">
+      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="717E4131" w14:textId="77777777" w:rsidTr="009F153C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74FB8A2A" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="5B1BD574" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="70F072DA" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="55D8994F" w14:textId="53ECA92A" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
                 <w:tab w:val="center" w:pos="2952"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Indicate the unit of measure</w:t>
             </w:r>
@@ -4587,312 +4676,312 @@
               <w:t xml:space="preserve"> using SI units</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00211927">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="593772B2" w14:textId="77777777" w:rsidTr="009F153C">
+      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="3D6C3B89" w14:textId="77777777" w:rsidTr="009F153C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0045449A" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="1397D84F" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7C656743" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="43520A91" w14:textId="65162E9F" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Provide a brief description of the data/parameter</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="736A0C81" w14:textId="77777777" w:rsidTr="009F153C">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="0FA669C4" w14:textId="77777777" w:rsidTr="009F153C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F37FA8B" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="7C34CEF5" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Equations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="61938534" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00D56334" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="10F48531" w14:textId="3095C6EC" w:rsidR="00043861" w:rsidRPr="00D56334" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00043861">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>List the equation(s) that use this data/parameter</w:t>
             </w:r>
             <w:r w:rsidR="00FB6F24">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>, using cross-references</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="16FF1DA3" w14:textId="77777777" w:rsidTr="009F153C">
+      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="50B1E58F" w14:textId="77777777" w:rsidTr="009F153C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="466EB14A" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="7E344A2F" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Source of data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1F944A9D" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="370EDFF1" w14:textId="5D4A5A8F" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Indicate the source(s) of data</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="6CE0D533" w14:textId="77777777" w:rsidTr="009F153C">
+      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="70D2272E" w14:textId="77777777" w:rsidTr="009F153C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5420BD52" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="53C083F4" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Value applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="070BDB18" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00251EFD" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="1B92FBCA" w14:textId="5B5AB250" w:rsidR="007A3CA6" w:rsidRPr="00251EFD" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Provide the</w:t>
             </w:r>
             <w:r w:rsidR="00FB6F24">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
@@ -4934,85 +5023,85 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FB6F24" w:rsidRPr="00251EFD">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>where applicable</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="1C334319" w14:textId="77777777" w:rsidTr="009F153C">
+      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="4613F0F1" w14:textId="77777777" w:rsidTr="009F153C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="085FE930" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="493615C2" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Justification of choice of data or description of measurement methods and procedures applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="62817A07" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="3AED8BAB" w14:textId="5FDF57AE" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Justify the choice of data source, </w:t>
             </w:r>
             <w:r w:rsidR="002E66EE" w:rsidRPr="002E66EE">
@@ -5116,493 +5205,493 @@
               <w:t>standards or protocols have been followed)</w:t>
             </w:r>
             <w:r w:rsidR="00FB6F24">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> More detailed information may be provided in an appendix.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="494BA373" w14:textId="77777777" w:rsidTr="009F153C">
+      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="44DA3CD0" w14:textId="77777777" w:rsidTr="009F153C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75A1E6C7" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="060F34E1" w14:textId="16339CBC" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Purpose of </w:t>
             </w:r>
             <w:r w:rsidR="00FB6F24" w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1F522F" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="106C61B9" w14:textId="6D106A50" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Indicate one</w:t>
             </w:r>
             <w:r w:rsidR="00FB6F24">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> or more</w:t>
             </w:r>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the following: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FA0B282" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="28EDC2B6" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Determination of baseline scenario (AFOLU projects only)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62ED1278" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="4453850D" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Calculation of baseline emissions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BEA7F5A" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="532421C2" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Calculation of project emissions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E247FE8" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="2C2FE7BE" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Calculation of leakage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="7A0928FB" w14:textId="77777777" w:rsidTr="009F153C">
+      <w:tr w:rsidR="007A3CA6" w:rsidRPr="001B340D" w14:paraId="59BFB614" w14:textId="77777777" w:rsidTr="009F153C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75CA4725" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="035BDAC6" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="007A3CA6" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6C184482" w14:textId="77777777" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
+          <w:p w14:paraId="75E47DEC" w14:textId="55618A98" w:rsidR="007A3CA6" w:rsidRPr="00D56334" w:rsidRDefault="007A3CA6" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Provide any additional comments</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C762BD4" w14:textId="77777777" w:rsidR="00D56334" w:rsidRPr="006D512B" w:rsidRDefault="00043861" w:rsidP="00A67F94">
+    <w:p w14:paraId="2AB8F41C" w14:textId="551088B3" w:rsidR="00D56334" w:rsidRPr="006D512B" w:rsidRDefault="00043861" w:rsidP="00A67F94">
       <w:bookmarkStart w:id="39" w:name="_Data_and_Parameters"/>
       <w:bookmarkStart w:id="40" w:name="_Toc268165413"/>
       <w:bookmarkStart w:id="41" w:name="_Toc277142737"/>
       <w:bookmarkStart w:id="42" w:name="_Toc277174436"/>
       <w:bookmarkStart w:id="43" w:name="_Ref366077128"/>
       <w:bookmarkStart w:id="44" w:name="_Ref368656628"/>
       <w:bookmarkStart w:id="45" w:name="_Toc382836598"/>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidRPr="006D512B">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00D56334" w:rsidRPr="00251EFD">
         <w:rPr>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent2"/>
         <w:tblW w:w="8640" w:type="dxa"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="6120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="2033A9DD" w14:textId="77777777" w:rsidTr="00043861">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="182B9F05" w14:textId="77777777" w:rsidTr="00043861">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7C4D96" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="14799DA8" w14:textId="547683D1" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data/Parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="77B97112" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00251EFD" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="18A1F473" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00251EFD" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251EFD">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>NCV</w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>FF,i</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="01D15926" w14:textId="77777777" w:rsidTr="00043861">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="4A7213B4" w14:textId="77777777" w:rsidTr="00043861">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79085388" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="5C8041FB" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7976DA" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="3F7018BE" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t>TJ/Gg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="4DB4EF03" w14:textId="77777777" w:rsidTr="00043861">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="383811D8" w14:textId="77777777" w:rsidTr="00043861">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5755B303" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="156AC2B3" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC15A61" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="3BBC0C7E" w14:textId="40A8FF2F" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t xml:space="preserve">Net </w:t>
             </w:r>
             <w:r w:rsidR="00B7044D">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
@@ -5619,488 +5708,507 @@
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t xml:space="preserve">alue </w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
               <w:t>of</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
-              <w:t xml:space="preserve"> fossil fuel </w:t>
+              <w:t xml:space="preserve"> fossil </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA6BD0">
+              <w:rPr>
+                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                <w:i w:val="0"/>
+                <w:color w:val="404040"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fuel </w:t>
             </w:r>
             <w:r w:rsidRPr="007F450D">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t xml:space="preserve"> used in the baseline scenario</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="173B1DFD" w14:textId="77777777" w:rsidTr="00043861">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="162B3A0E" w14:textId="77777777" w:rsidTr="00043861">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="314233A3" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="5A115DAA" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Equations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="53C3BD1F" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00C80114" w:rsidP="00251EFD">
+          <w:p w14:paraId="6743268F" w14:textId="23A2F75E" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00C80114" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00C80114">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="09D908BD" w14:textId="77777777" w:rsidTr="00043861">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="17D01AB0" w14:textId="77777777" w:rsidTr="00043861">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51FA3093" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="135EF977" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Source of data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0626640D" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="3D94FD8F" w14:textId="27E0DF87" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t xml:space="preserve">Use values from </w:t>
             </w:r>
             <w:r w:rsidRPr="007F450D">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t>2006 IPCC Guidelines for National Greenhouse Gas Inventories</w:t>
             </w:r>
             <w:r w:rsidR="002F6029">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="26BFBDEF" w14:textId="77777777" w:rsidTr="00043861">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="54E993BA" w14:textId="77777777" w:rsidTr="00043861">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6630EF1C" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="259C8D35" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Value applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7E51E4B4" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="01E1F7BC" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="301258F9" w14:textId="77777777" w:rsidTr="00043861">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="2646F6B5" w14:textId="77777777" w:rsidTr="00043861">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24E64D12" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="1FD53BC3" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Justification of choice of data or description of measurement methods and procedures applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="32277DD0" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00251EFD" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="5262759D" w14:textId="17109738" w:rsidR="00043861" w:rsidRPr="00251EFD" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00251EFD">
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>IPCC Guidelines for National Greenhouse Gas Inventories</w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
-              <w:t xml:space="preserve"> is internationally recognized and the data provided in the guidelines </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00251EFD">
+              <w:t>is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00251EFD">
+              <w:t xml:space="preserve"> internationally recognized and the data provided in the guidelines </w:t>
             </w:r>
             <w:r w:rsidR="003A4F43">
               <w:t>are</w:t>
             </w:r>
             <w:r w:rsidR="003A4F43" w:rsidRPr="00251EFD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
               <w:t>peer</w:t>
             </w:r>
             <w:r w:rsidR="009E0146">
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
               <w:t>reviewed</w:t>
             </w:r>
             <w:r w:rsidR="007F450D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="506D419F" w14:textId="77777777" w:rsidTr="00043861">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="3685BD58" w14:textId="77777777" w:rsidTr="00043861">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AEC1C14" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="0B733C19" w14:textId="72860C24" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Purpose of </w:t>
             </w:r>
             <w:r w:rsidR="003A4F43">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ata</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFDFA04" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="5ED5435A" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:i w:val="0"/>
                 <w:color w:val="404040"/>
               </w:rPr>
               <w:t xml:space="preserve">Calculation of baseline </w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
               <w:t>emissions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="45A7D421" w14:textId="77777777" w:rsidTr="00043861">
+      <w:tr w:rsidR="00043861" w:rsidRPr="001B340D" w14:paraId="022DC210" w14:textId="77777777" w:rsidTr="00043861">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7B4642" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="43BDB727" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="007A3CA6" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A3CA6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="36430F1E" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
+          <w:p w14:paraId="6028395E" w14:textId="77777777" w:rsidR="00043861" w:rsidRPr="00EA6BD0" w:rsidRDefault="00043861" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5281D4D9" w14:textId="77777777" w:rsidR="00D56334" w:rsidRDefault="00D56334" w:rsidP="00D56334"/>
-    <w:p w14:paraId="59CF6105" w14:textId="77777777" w:rsidR="00A36171" w:rsidRPr="00A828C6" w:rsidRDefault="00A36171" w:rsidP="006D512B">
+    <w:p w14:paraId="2A52AFCB" w14:textId="77777777" w:rsidR="00D56334" w:rsidRDefault="00D56334" w:rsidP="00D56334"/>
+    <w:p w14:paraId="3A048906" w14:textId="77777777" w:rsidR="00A36171" w:rsidRPr="00A828C6" w:rsidRDefault="00A36171" w:rsidP="006D512B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Ref200531662"/>
       <w:bookmarkStart w:id="47" w:name="_Ref200532144"/>
       <w:bookmarkStart w:id="48" w:name="_Ref200532965"/>
       <w:bookmarkStart w:id="49" w:name="_Ref200533112"/>
       <w:bookmarkStart w:id="50" w:name="_Toc200528979"/>
       <w:r w:rsidRPr="00A828C6">
         <w:t>Data and Parameters Monitored</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidRPr="00A828C6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C9F501" w14:textId="77777777" w:rsidR="00A83F3D" w:rsidRPr="002B32DF" w:rsidRDefault="00043861" w:rsidP="00A83F3D">
+    <w:p w14:paraId="4812332B" w14:textId="107C82A2" w:rsidR="00A83F3D" w:rsidRPr="002B32DF" w:rsidRDefault="00043861" w:rsidP="00A83F3D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D512B">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete the table below for all data and parameters that will be monitored during the project crediting period (copy the table as necessary for each data/parameter). Data and parameters determined or available at validation are included in Section </w:t>
       </w:r>
       <w:r w:rsidR="00BB7CB0">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
@@ -6108,51 +6216,51 @@
       <w:r w:rsidR="00BB7CB0">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref163722860 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00BB7CB0">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00BB7CB0">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545">
+      <w:r w:rsidR="00C80114">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>6.1</w:t>
       </w:r>
       <w:r w:rsidR="00BB7CB0">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00BB7CB0">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D512B">
@@ -6175,51 +6283,51 @@
       <w:r w:rsidR="00EE6593">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref200533090 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00EE6593">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00EE6593">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545">
+      <w:r w:rsidR="00C80114">
         <w:t>Data and Parameters Available at Validation</w:t>
       </w:r>
       <w:r w:rsidR="00EE6593">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006D512B">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">) above. </w:t>
       </w:r>
       <w:r w:rsidR="00CF48B1" w:rsidRPr="00CF48B1">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
@@ -6237,51 +6345,51 @@
       <w:r w:rsidR="00026502">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref200533112 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00026502">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00026502">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00786545" w:rsidRPr="00A828C6">
+      <w:r w:rsidR="00C80114" w:rsidRPr="00A828C6">
         <w:t>Data and Parameters Monitored</w:t>
       </w:r>
       <w:r w:rsidR="00026502">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CF48B1" w:rsidRPr="00CF48B1">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00A83F3D">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
@@ -6293,51 +6401,51 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>Where the module/tool establishes default factors which may become out of date (</w:t>
       </w:r>
       <w:r w:rsidR="00A83F3D">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>e.g</w:t>
       </w:r>
       <w:r w:rsidR="00A83F3D" w:rsidRPr="002B32DF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>., default factors that do not represent physical constants or otherwise would be expected to change significantly over time), make note of this in the Comments field and include instructions for updating the default factors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C8E853" w14:textId="77777777" w:rsidR="00043861" w:rsidRDefault="00043861" w:rsidP="00A67F94">
+    <w:p w14:paraId="14F95CBF" w14:textId="7485EF57" w:rsidR="00043861" w:rsidRDefault="00043861" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure that data sources are appropriate and </w:t>
       </w:r>
       <w:r w:rsidR="00565292">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
@@ -6358,71 +6466,71 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>with VCS</w:t>
       </w:r>
       <w:r w:rsidR="00451126" w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> rules and requirements. Likewise, ensure that rules and requirements for models and default factors are adhered to. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3785A480" w14:textId="77777777" w:rsidR="00A83F3D" w:rsidRDefault="00A83F3D" w:rsidP="00A67F94">
+    <w:p w14:paraId="5C00D89A" w14:textId="46A7D5C6" w:rsidR="00A83F3D" w:rsidRDefault="00A83F3D" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A83F3D">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>Indicate any conservative assumptions to be taken or uncertainty thresholds to be achieved (e.g., metering accuracy class, sampling precision, 66th percentile point of estimate).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D048F27" w14:textId="77777777" w:rsidR="00043861" w:rsidRDefault="00043861" w:rsidP="00A67F94">
+    <w:p w14:paraId="3D67B6FF" w14:textId="63B72E8B" w:rsidR="00043861" w:rsidRDefault="00043861" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Parameters that are not directly monitored themselves (</w:t>
       </w:r>
       <w:r w:rsidR="009B6145" w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
@@ -6435,868 +6543,868 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">are calculated, using monitored data/parameters and the equations provided in the </w:t>
       </w:r>
       <w:r w:rsidR="00BC52EB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>module/tool</w:t>
       </w:r>
       <w:r w:rsidRPr="00A67F94">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>) do not need to be included in this section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F49E0A" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
+    <w:p w14:paraId="72D2D0A4" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRPr="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent2"/>
         <w:tblW w:w="8640" w:type="dxa"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="6120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="7BCAE1C7" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="682AB8A0" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D5FBB6E" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="4EE42389" w14:textId="3EC2ED0E" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="51" w:name="_Toc268165414"/>
             <w:bookmarkStart w:id="52" w:name="_Toc277142738"/>
             <w:bookmarkStart w:id="53" w:name="_Toc277174437"/>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data/Parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA61D9D" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00251EFD" w:rsidRDefault="00A33803" w:rsidP="00251EFD">
+          <w:p w14:paraId="213422E0" w14:textId="452A69AC" w:rsidR="00BE3723" w:rsidRPr="00251EFD" w:rsidRDefault="00A33803" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="54" w:name="_Ref374433126"/>
             <w:bookmarkStart w:id="55" w:name="_Toc382836599"/>
             <w:r w:rsidRPr="00A33803">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>se italic font; do not use “Equation” function</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="274EB6D2" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="3F566B9C" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31449604" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="49F9B661" w14:textId="570D0914" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F3BE1B5" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="0BD6826E" w14:textId="0A655B93" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Indicate the unit of measure</w:t>
             </w:r>
             <w:r w:rsidR="00445D59">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> using SI units</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="428A7D2D" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="1C31E0D2" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C85681" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="716B1B9B" w14:textId="2A2219AF" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAB5FE4" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="350F04A4" w14:textId="411C1225" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Provide a brief description of the data/parameter</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="65149D8D" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="1010B912" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55F10EE6" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="408A9894" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Equations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD56872" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="200C39C3" w14:textId="7C5677E4" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>List the equation(s) that use this data/parameter</w:t>
             </w:r>
             <w:r w:rsidR="00A33803">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>, using cross-references</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="2A132253" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="7BC9FA9B" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62ED16A4" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="6C98A919" w14:textId="79402B1C" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Source of data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8A8B69" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="379C21D0" w14:textId="02ECA686" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Indicate the source(s) of data</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="77B5489D" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="0AE9EA45" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B188233" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="0EA0088B" w14:textId="2DC2B786" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description of measurement methods and procedures to be applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3647B346" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="2C747644" w14:textId="4C8BF815" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Specify the appropriate measurement methods and procedures and any standards or protocols that must be followed. Include any relevant information regarding the accuracy of the measurements (</w:t>
             </w:r>
             <w:r w:rsidR="009B6145" w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">e.g., </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>accuracy associated with meter equipment or laboratory tests).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="14195039" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="44D792FB" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00AF941E" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="4ACD0B31" w14:textId="22076E51" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Frequency of monitoring/recording</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD1F7B8" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="3733447F" w14:textId="02104BDF" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Specify measurement and recording frequency</w:t>
             </w:r>
             <w:r w:rsidR="00EC4FCA">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="1989EAE1" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="6CAFF15F" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A275BD2" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="1D2E6EAB" w14:textId="121FDCB7" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>QA/QC procedures to be applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="42FA5B35" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="1958548A" w14:textId="6B63104D" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Describe the quality assurance and quality control (QA/QC) procedures to be applied, including calibration procedures where applicable</w:t>
             </w:r>
             <w:r w:rsidR="00EC4FCA">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="0E43C83A" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00BE3723" w:rsidRPr="001B340D" w14:paraId="7662A759" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B047F6C" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
+          <w:p w14:paraId="34CBAF0A" w14:textId="5275402D" w:rsidR="00BE3723" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00BE3723" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Purpose of data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5699293A" w14:textId="77777777" w:rsidR="00040E91" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
+          <w:p w14:paraId="46C553AE" w14:textId="1BD93A4A" w:rsidR="00040E91" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Indicate one</w:t>
             </w:r>
             <w:r w:rsidR="00EC4FCA">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> or more</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the following: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CCF6B7D" w14:textId="77777777" w:rsidR="00040E91" w:rsidRPr="00D56334" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
+          <w:p w14:paraId="1B2814CD" w14:textId="77777777" w:rsidR="00040E91" w:rsidRPr="00D56334" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Determination of baseline scenario (AFOLU projects only)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C5B76F2" w14:textId="77777777" w:rsidR="00040E91" w:rsidRPr="00D56334" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
+          <w:p w14:paraId="6BB2C719" w14:textId="77777777" w:rsidR="00040E91" w:rsidRPr="00D56334" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Calculation of baseline emissions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BEF0844" w14:textId="77777777" w:rsidR="00040E91" w:rsidRPr="00040E91" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
+          <w:p w14:paraId="5FF4ECAE" w14:textId="77777777" w:rsidR="00040E91" w:rsidRPr="00040E91" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Calculation of project emissions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C1CF730" w14:textId="77777777" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
+          <w:p w14:paraId="0506F145" w14:textId="1817B12E" w:rsidR="00BE3723" w:rsidRPr="00EA6BD0" w:rsidRDefault="00040E91" w:rsidP="00251EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Calculation of leakage</w:t>
             </w:r>
             <w:r w:rsidR="00BE3723" w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F62269" w:rsidRPr="001B340D" w14:paraId="26ACB843" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00F62269" w:rsidRPr="001B340D" w14:paraId="4FF8C3F8" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5965201A" w14:textId="77777777" w:rsidR="00F62269" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00F62269" w:rsidP="00251EFD">
+          <w:p w14:paraId="41BB05E1" w14:textId="772BCEE4" w:rsidR="00F62269" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00F62269" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Calculation method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="178D66C8" w14:textId="77777777" w:rsidR="00F62269" w:rsidRPr="00EA6BD0" w:rsidRDefault="00F62269" w:rsidP="00251EFD">
+          <w:p w14:paraId="3EDD6F04" w14:textId="66AD0B25" w:rsidR="00F62269" w:rsidRPr="00EA6BD0" w:rsidRDefault="00F62269" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Describe any method to derive the value, such as average</w:t>
             </w:r>
             <w:r w:rsidR="00EC4FCA">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -7320,757 +7428,762 @@
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> mode)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>, value at standard conditions</w:t>
             </w:r>
             <w:r w:rsidR="00EC4FCA">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F62269" w:rsidRPr="001B340D" w14:paraId="38899932" w14:textId="77777777" w:rsidTr="00BE3723">
+      <w:tr w:rsidR="00F62269" w:rsidRPr="001B340D" w14:paraId="4E86FCC7" w14:textId="77777777" w:rsidTr="00BE3723">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B259F42" w14:textId="77777777" w:rsidR="00F62269" w:rsidRPr="00BE3723" w:rsidRDefault="00F62269" w:rsidP="00251EFD">
+          <w:p w14:paraId="1582E0EE" w14:textId="17917046" w:rsidR="00F62269" w:rsidRPr="00BE3723" w:rsidRDefault="00F62269" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5B744D" w14:textId="77777777" w:rsidR="00F62269" w:rsidRPr="00EA6BD0" w:rsidRDefault="00F62269" w:rsidP="00251EFD">
+          <w:p w14:paraId="58FBCA26" w14:textId="418CDB23" w:rsidR="00F62269" w:rsidRPr="00EA6BD0" w:rsidRDefault="00F62269" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D56334">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Provide any additional comments</w:t>
             </w:r>
             <w:r w:rsidR="00AD2845">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11C6EA4F" w14:textId="77777777" w:rsidR="005A4EE0" w:rsidRPr="00251EFD" w:rsidRDefault="005A4EE0" w:rsidP="00251EFD">
+    <w:p w14:paraId="2B9C4A7E" w14:textId="53BF9FE9" w:rsidR="005A4EE0" w:rsidRPr="00251EFD" w:rsidRDefault="005A4EE0" w:rsidP="00251EFD">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Toc382836600"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Example</w:t>
       </w:r>
       <w:r w:rsidR="003864EC">
         <w:rPr>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (monitored parameter)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent2"/>
         <w:tblW w:w="8640" w:type="dxa"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="6120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="05505D53" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="4023A5F1" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="171795B2" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="25E28257" w14:textId="25747CC5" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data/Parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED67B97" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00251EFD" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="7DAF10C7" w14:textId="1DAA4C48" w:rsidR="00687C60" w:rsidRPr="00251EFD" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251EFD">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>EC</w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>P,y</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="276AF7EF" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="567C734C" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7718EA3A" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="32A1EDF0" w14:textId="00E34BF1" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="11DEB24D" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="0931CC6F" w14:textId="29661E02" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t>MWh/yr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="1D738575" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="6970E0BB" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB65BFF" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="7F60148E" w14:textId="2AE4FCC6" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="67F42D1C" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="240185A5" w14:textId="24B0E419" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve">Quantity of electricity </w:t>
             </w:r>
             <w:r>
               <w:t>consumed</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve"> by project facility </w:t>
             </w:r>
             <w:r>
               <w:t>from</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve"> the grid in year </w:t>
             </w:r>
             <w:r w:rsidRPr="00251EFD">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="09E5349C" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="56DD088E" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73D39DC3" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="2A6A6550" w14:textId="312B5E3D" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Equations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="18582DE4" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="001014B0" w:rsidP="00251EFD">
+          <w:p w14:paraId="4EBD7FCF" w14:textId="1B35586D" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="001014B0" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00687C60" w:rsidRPr="00EA6BD0">
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="616AF8D3" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="7743576F" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="392001AA" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="789E200D" w14:textId="2DC1EF74" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Source of data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1BECAB0E" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="65408536" w14:textId="09355479" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve">Measurements at project facility </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="74BFC94D" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="1455687B" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD88E18" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="6D7E2FF6" w14:textId="040C0AFA" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Description of measurement methods </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>and procedures to be applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="11D00796" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="1D02ED46" w14:textId="4CA9E1D4" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:lastRenderedPageBreak/>
               <w:t>Use calibrated electricity meters</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> from the grid supplier</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="49D1E4B9" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="696CBFDC" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9A7792" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="2B95E631" w14:textId="5D0DBBC6" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Frequency of monitoring/recording</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEA0BC2" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="30AC9F6C" w14:textId="131C8BD7" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
-              <w:t xml:space="preserve">Data must be monitored continuously and recorded on a </w:t>
+              <w:t xml:space="preserve">Data must be monitored continuously and recorded </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA6BD0">
+              <w:t xml:space="preserve">on a </w:t>
             </w:r>
             <w:r>
               <w:t>monthly</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve"> basis</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> or with the frequency applicable according to the grid supplier</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="64A58A56" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="62CDFEEB" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14405F7B" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="0C093BA8" w14:textId="72E97DCB" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>QA/QC procedures to be applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="049BB619" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="5942629D" w14:textId="6834059A" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve">The consistency of metered electricity </w:t>
             </w:r>
             <w:r>
               <w:t>consumption</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve"> should be cross-checked with receipts from electricity </w:t>
             </w:r>
             <w:r>
               <w:t>bills</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t xml:space="preserve"> where applicable</w:t>
             </w:r>
             <w:r w:rsidR="001014B0">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="6E77C590" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="28EB0CED" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB8FA5B" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="13B96E11" w14:textId="028BDB9F" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Purpose of data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7C694B39" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="4BC03CD8" w14:textId="477D135A" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:t>Calculation of project emissions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="1A4C5328" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="7A871075" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E308E5" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="5C5BAD7F" w14:textId="4A751470" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Calculation method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="37D8FC1A" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="441BD354" w14:textId="7FF3F67C" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Electricity meter is cumulative. The monthly electricity consumption is the difference between initial and final reading within one month.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="47F3A177" w14:textId="77777777" w:rsidTr="009B6145">
+      <w:tr w:rsidR="00687C60" w:rsidRPr="001B340D" w14:paraId="19A9B578" w14:textId="77777777" w:rsidTr="009B6145">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1ED39C" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="2A8F5BA1" w14:textId="089DF6F1" w:rsidR="00687C60" w:rsidRPr="00BE3723" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="22A8FCB6" w14:textId="77777777" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
+          <w:p w14:paraId="58BB0488" w14:textId="2F173566" w:rsidR="00687C60" w:rsidRPr="00EA6BD0" w:rsidRDefault="00687C60" w:rsidP="00251EFD">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="006A4373">
               <w:t>one</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="688639C7" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRDefault="00A45A23" w:rsidP="00A45A23">
+    <w:p w14:paraId="16AECCCA" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRDefault="00A45A23" w:rsidP="00A45A23">
       <w:bookmarkStart w:id="57" w:name="_Toc267652404"/>
       <w:bookmarkStart w:id="58" w:name="_Toc277065473"/>
       <w:bookmarkStart w:id="59" w:name="_Toc277088122"/>
       <w:bookmarkStart w:id="60" w:name="_Toc277142739"/>
       <w:bookmarkStart w:id="61" w:name="_Toc277174438"/>
       <w:bookmarkStart w:id="62" w:name="_Toc277065474"/>
       <w:bookmarkStart w:id="63" w:name="_Toc277088123"/>
       <w:bookmarkStart w:id="64" w:name="_Toc277142740"/>
       <w:bookmarkStart w:id="65" w:name="_Toc277174439"/>
       <w:bookmarkStart w:id="66" w:name="_Toc277065475"/>
       <w:bookmarkStart w:id="67" w:name="_Toc277088124"/>
       <w:bookmarkStart w:id="68" w:name="_Toc277142741"/>
       <w:bookmarkStart w:id="69" w:name="_Toc277174440"/>
       <w:bookmarkStart w:id="70" w:name="_Toc277065476"/>
       <w:bookmarkStart w:id="71" w:name="_Toc277088125"/>
       <w:bookmarkStart w:id="72" w:name="_Toc277142742"/>
       <w:bookmarkStart w:id="73" w:name="_Toc277174441"/>
       <w:bookmarkStart w:id="74" w:name="_Toc277065477"/>
       <w:bookmarkStart w:id="75" w:name="_Toc277088126"/>
       <w:bookmarkStart w:id="76" w:name="_Toc277142743"/>
       <w:bookmarkStart w:id="77" w:name="_Toc277174442"/>
       <w:bookmarkStart w:id="78" w:name="_Toc277065479"/>
       <w:bookmarkStart w:id="79" w:name="_Toc277088128"/>
       <w:bookmarkStart w:id="80" w:name="_Toc277142745"/>
       <w:bookmarkStart w:id="81" w:name="_Toc277174444"/>
@@ -8105,114 +8218,114 @@
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
     </w:p>
-    <w:p w14:paraId="0063888C" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00A35543" w:rsidRDefault="00A45A23" w:rsidP="00A45A23">
+    <w:p w14:paraId="436331B6" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00A35543" w:rsidRDefault="00A45A23" w:rsidP="00A45A23">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A35543">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Example (parameter determined at validation but expected to change during crediting period)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent2"/>
         <w:tblW w:w="8640" w:type="dxa"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="6120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="69D38A4A" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="03A1550C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="057A2300" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="4F76E011" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data/Parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="399D7D0F" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="007D07D6" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="1E7EDAEC" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="007D07D6" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D07D6">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8220,348 +8333,348 @@
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>CO2,j</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="589C9C1B" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="634A4BE9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="736D2AC5" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="5F486182" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Data unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0ECB5E" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00660DB6" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="76D1A23F" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00660DB6" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>t CO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>e/liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="515A5B72" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="4A13F110" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1D922D" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="344F21C1" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="087D7E13" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="5ACEC978" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Emission factor for fossil fuel </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> (gasoline or diesel) combusted</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="7E518807" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="6CBAD513" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1272F544" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="7A13BEF0" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Equations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5F37E4CD" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="6290EC01" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>(8)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="45C7B668" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="2EB54BAD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DC628A" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="568D3DA0" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Source of data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="59BD147C" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="0382098E" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Table 3.3.1 Chapter 3 Volume 2 in IPCC (2019)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="3EBE395E" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="3C7671F5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19AD9A10" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="7C25036F" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description of measurement methods and procedures to be applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="33FC08F7" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="3301C67D" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">For gasoline </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -8592,51 +8705,51 @@
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>= 0.002810 t CO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">e per liter. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66F0CB90" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="66288B57" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">For diesel </w:t>
             </w:r>
             <w:r w:rsidRPr="00270F8C">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
@@ -8667,382 +8780,400 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>e per liter.</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="47E6A66A" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="281111CD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22AB8DC3" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="26FE8651" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Frequency of monitoring/recording</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6A37AD" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="0D73A1C1" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Source of data for emission factor must be monitored every five years and must be updated when more accurate data applicable to the project conditions become available following the guidance in Section 8.3 under Quantification Approach 3.</w:t>
+              <w:t xml:space="preserve">Source of data for emission </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="404040"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>factor</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="404040"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must be monitored every five years and must be updated when more accurate data applicable to the project conditions become available following the guidance in Section 8.3 under Quantification Approach 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="388E7A4E" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="4660A55A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="768AFDAE" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="31E4B127" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>QA/QC procedures to be applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D32FFDC" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="2D6CEA2E" w14:textId="5A16D0D6" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>See “Source of data</w:t>
             </w:r>
             <w:r w:rsidR="00B81A6D">
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="10F60A6B" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="6F806CBF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF6E4F1" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="04B441D8" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Purpose of data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="36B9CCE4" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="124EAE46" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Calculation of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">baseline and </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA6BD0">
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>project emissions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="11E96AB9" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="068CEDF3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49FA5834" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="2CD8D9DE" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidDel="00D85B69" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Calculation method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2416989C" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="162AE481" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Not applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="402B3B12" w14:textId="77777777">
+      <w:tr w:rsidR="00A45A23" w:rsidRPr="001B340D" w14:paraId="39D420F3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42AFEAB6" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="679148E2" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00BE3723" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="540"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE3723">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
-          <w:p w14:paraId="71CC2819" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
+          <w:p w14:paraId="4BA5FC7D" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRPr="00EA6BD0" w:rsidRDefault="00A45A23" w:rsidP="00251EFD">
             <w:pPr>
               <w:spacing w:before="80" w:after="80" w:line="264" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="404040"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Assumes four-stroke gasoline energy for gasoline combustion and default values for energy content of 47.1 GJ/t and 45.66 GJ/t for gasoline and diesel respectively (IEA 2004).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55860245" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRDefault="00A45A23" w:rsidP="00A45A23">
+    <w:p w14:paraId="1A00E671" w14:textId="77777777" w:rsidR="00A45A23" w:rsidRDefault="00A45A23" w:rsidP="00A45A23">
       <w:pPr>
         <w:pStyle w:val="NormalIndent"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1111FE04" w14:textId="77777777" w:rsidR="00A36171" w:rsidRPr="009E337A" w:rsidRDefault="00611192" w:rsidP="00A67F94">
+    <w:p w14:paraId="5E11E0A9" w14:textId="5C3C7704" w:rsidR="00A36171" w:rsidRPr="009E337A" w:rsidRDefault="00611192" w:rsidP="00A67F94">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="97" w:name="_Ref200535337"/>
       <w:bookmarkStart w:id="98" w:name="_Toc200528980"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>References</w:t>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
-    <w:p w14:paraId="7A4A96F9" w14:textId="77777777" w:rsidR="00972880" w:rsidRPr="00251EFD" w:rsidRDefault="00724C0A" w:rsidP="00972880">
+    <w:p w14:paraId="0CEE43F3" w14:textId="28684639" w:rsidR="00972880" w:rsidRPr="00251EFD" w:rsidRDefault="00724C0A" w:rsidP="00972880">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="99" w:name="_Toc382836612"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r w:rsidRPr="006D512B">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve">Include any references relevant to the </w:t>
       </w:r>
       <w:r w:rsidR="002E4B6B">
         <w:rPr>
@@ -9071,51 +9202,51 @@
       <w:r w:rsidR="00DC28CE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC28CE" w:rsidRPr="00DC28CE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>(if you are using a reference management system, choose Chicago style)</w:t>
       </w:r>
       <w:r w:rsidR="00972880" w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8EBF27" w14:textId="77777777" w:rsidR="00972880" w:rsidRDefault="00972880" w:rsidP="00972880">
+    <w:p w14:paraId="2BB1682B" w14:textId="7778F410" w:rsidR="00972880" w:rsidRDefault="00972880" w:rsidP="00972880">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="52D41324">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Aynekulu, E</w:t>
       </w:r>
       <w:r w:rsidR="00DC28CE" w:rsidRPr="52D41324">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>rmias</w:t>
       </w:r>
       <w:r w:rsidR="0048125D" w:rsidRPr="52D41324">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -9208,51 +9339,51 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Monitoring Soil Carbon Stocks </w:t>
       </w:r>
       <w:r w:rsidRPr="52D41324">
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidR="00DB1AA9" w:rsidRPr="52D41324">
         <w:rPr>
           <w:i/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Agricultural Landscapes</w:t>
       </w:r>
       <w:r w:rsidRPr="52D41324">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Version 1.1. World Agroforestry Centre. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7147F5D6" w14:textId="77777777" w:rsidR="00972880" w:rsidRDefault="00972880" w:rsidP="00972880">
+    <w:p w14:paraId="4FF5F783" w14:textId="34F52053" w:rsidR="00972880" w:rsidRDefault="00972880" w:rsidP="00972880">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA441A">
         <w:t>Beem-Miller, J</w:t>
       </w:r>
       <w:r w:rsidR="00DB1AA9">
         <w:t>effrey</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA441A">
         <w:t xml:space="preserve">P., </w:t>
       </w:r>
       <w:r w:rsidR="006B630C">
         <w:t xml:space="preserve">Angela Y. Y. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA441A">
         <w:t>Kong</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
@@ -9302,51 +9433,51 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00251EFD">
         <w:t>80</w:t>
       </w:r>
       <w:r w:rsidR="00E61358">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(5)</w:t>
       </w:r>
       <w:r w:rsidR="00E61358">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1411–23. </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7EE0">
         <w:t>https://doi.org/10.2136/sssaj2015.11.0405</w:t>
       </w:r>
       <w:r w:rsidR="0041516D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70AEF532" w14:textId="77777777" w:rsidR="00724C0A" w:rsidRDefault="00972880" w:rsidP="00972880">
+    <w:p w14:paraId="6EE48DD5" w14:textId="435ACD14" w:rsidR="00724C0A" w:rsidRDefault="00972880" w:rsidP="00972880">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>IEA</w:t>
       </w:r>
       <w:r w:rsidR="00E61358">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2005. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A148EF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Energy </w:t>
       </w:r>
@@ -9360,174 +9491,184 @@
       <w:r>
         <w:t>. I</w:t>
       </w:r>
       <w:r w:rsidR="00E61358">
         <w:t xml:space="preserve">nternational </w:t>
       </w:r>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00E61358">
         <w:t xml:space="preserve">nergy </w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00E61358">
         <w:t>gency</w:t>
       </w:r>
       <w:r>
         <w:t>. https://www.iea.org/reports/energy-statisticsmanual-2</w:t>
       </w:r>
       <w:r w:rsidR="0041516D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03017315" w14:textId="77777777" w:rsidR="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00724C0A">
+    <w:p w14:paraId="6728FF39" w14:textId="514FCFF6" w:rsidR="00A67F94" w:rsidRDefault="00A67F94" w:rsidP="00724C0A">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A8A01A" w14:textId="77777777" w:rsidR="00A36171" w:rsidRDefault="00A36171" w:rsidP="00724C0A">
+    <w:p w14:paraId="21840C43" w14:textId="64948CB7" w:rsidR="00A36171" w:rsidRDefault="00A36171" w:rsidP="00724C0A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:bookmarkStart w:id="100" w:name="_Toc200528981"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPENDIX X: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="99"/>
       <w:r w:rsidR="00595679">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00A67F94">
         <w:t>Title of Appendix</w:t>
       </w:r>
       <w:r w:rsidR="00595679">
         <w:t>]</w:t>
       </w:r>
       <w:bookmarkEnd w:id="100"/>
     </w:p>
-    <w:p w14:paraId="0512FD7D" w14:textId="77777777" w:rsidR="005E6891" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
+    <w:p w14:paraId="2741ECA9" w14:textId="08C497A2" w:rsidR="005E6891" w:rsidRDefault="00A67F94" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t>Use appendices for supporting information.</w:t>
       </w:r>
       <w:r w:rsidR="00595679" w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:t xml:space="preserve"> Number appendices consecutively </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002E4B6B" w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
-        <w:t>starting with Appendix 1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00251EFD">
+        <w:t>starting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002E4B6B" w:rsidRPr="00251EFD">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
+        <w:t xml:space="preserve"> with Appendix 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251EFD">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:color w:val="4F5150"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Delete this appendix (title and instructions) where no appendix is required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44934813" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB">
+    <w:p w14:paraId="0E8089FF" w14:textId="2C415C1E" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6140EC6C" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+    <w:p w14:paraId="18E734AB" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="101" w:name="_Toc199783730"/>
       <w:bookmarkStart w:id="102" w:name="_Toc200528982"/>
       <w:r w:rsidRPr="00375BE3">
         <w:lastRenderedPageBreak/>
         <w:t>Document History</w:t>
       </w:r>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
     </w:p>
-    <w:p w14:paraId="12BADE2D" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+    <w:p w14:paraId="78DC3CD7" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A3F80">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Include</w:t>
       </w:r>
       <w:r w:rsidRPr="00546F10">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D07D6">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">the document history </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -9575,680 +9716,680 @@
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the methodology. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="6827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="3073ACD3" w14:textId="77777777">
+      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="4E172596" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="03384B" w:themeFill="accent5" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w14:paraId="25EA3040" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="3416F134" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375BE3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="03384B" w:themeFill="accent5" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w14:paraId="2449E12A" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="6F301D59" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375BE3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="03384B" w:themeFill="accent5" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w14:paraId="414FE0E6" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="23E2C7C9" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375BE3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="7DF473A5" w14:textId="77777777">
+      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="514C583B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="60B9E940" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="6909D4D7" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>v1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="57362AD8" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="393724C8" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="54167E34" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="138ADCFB" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Initial version</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="0BBB352C" w14:textId="77777777">
+      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="74D24B54" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="26056A38" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="78E1C179" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="38C8A1C3" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="07C82A55" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="03F29142" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="250CBD99" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27F38232" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="007D07D6" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+    <w:p w14:paraId="42A0D0EC" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="007D07D6" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43D68E42" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00A148EF" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+    <w:p w14:paraId="2E7BCDDE" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00A148EF" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6BE6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Example</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="6827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="6475D836" w14:textId="77777777">
+      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="11550DB5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="03384B" w:themeFill="accent5" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w14:paraId="191C4881" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="5E959936" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375BE3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="03384B" w:themeFill="accent5" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w14:paraId="6D163E20" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="2C23851C" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375BE3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="03384B" w:themeFill="accent5" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w14:paraId="095A337C" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="69B64A80" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375BE3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="4FA33BE6" w14:textId="77777777">
+      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="47DDB6E4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="17F48A5A" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="06FBA03D" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>v1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6C6667" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="7E3F0292" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>19 Oct 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="28A150BD" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="5252A701" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Initial version </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="29C5EFA9" w14:textId="77777777">
+      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="2E3EF84B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="443DCD35" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="1FBE2764" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>v1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="11F63E40" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="5CF9E3A5" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>07 Feb 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBEE87B" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="799F133E" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Minor revision, including the following changes:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CE9783E" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+          <w:p w14:paraId="66B23DB6" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Clarifications to applicability conditions in Section 4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53B6E041" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+          <w:p w14:paraId="5EF669A0" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Correction of Equation 7, including indices </w:t>
             </w:r>
             <w:r w:rsidRPr="007D07D6">
               <w:rPr>
@@ -10294,172 +10435,172 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="007D07D6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>0,i,j</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="67A2EA1E" w14:textId="77777777">
+      <w:tr w:rsidR="00EF13CB" w:rsidRPr="00375BE3" w14:paraId="0A006BFB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2987FC44" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="40C80E91" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>v2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="60E57652" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="55E3A8CA" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>30 May 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF91BC7" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00A148EF" w:rsidRDefault="00EF13CB">
+          <w:p w14:paraId="19CF3E9A" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00A148EF" w:rsidRDefault="00EF13CB">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3B339934">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Major revisions, including the following changes:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38AB8207" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+          <w:p w14:paraId="3EA15F08" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Introduction of a baseline control sites option to allow for direct SOC measurement under Quantification Approach 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26A80D21" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+          <w:p w14:paraId="4FC77B84" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Update of Section 8.6 on uncertainty assessment to clarify statistical procedures and align with the </w:t>
             </w:r>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
@@ -10480,347 +10621,346 @@
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Methodology Requirements</w:t>
             </w:r>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="180C6283" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+          <w:p w14:paraId="32DA46FA" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Introduction of guidance on the use of proximal sensing technologies to estimate SOC content in Appendix 4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E2C05EC" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+          <w:p w14:paraId="7AE1BE5B" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Introduction of an applicability condition allowing for one-time land conversion from grassland to cropland or vice versa to restore degraded lands in Section 4 and Appendix 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69EBE967" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+          <w:p w14:paraId="4150AB95" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Introduction of a requirement and procedures to account for emissions associated with use of agricultural limestone in Section 8.2.4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A65F6E0" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+          <w:p w14:paraId="4ED35D27" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Introduction of a requirement to account for leakage from diversion of biomass residues used for energy applications in the baseline scenario</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54BCBCC6" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+          <w:p w14:paraId="1DA97BD5" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00530501" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>General improvements, errata</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00530501">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="4F5150" w:themeColor="text2"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> and clarifications </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FFC7A34" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00C52833" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
+    <w:p w14:paraId="4D3B283E" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00C52833" w:rsidRDefault="00EF13CB" w:rsidP="00EF13CB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43E92004" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00251EFD" w:rsidRDefault="00EF13CB" w:rsidP="00A67F94">
+    <w:p w14:paraId="6277AD6F" w14:textId="77777777" w:rsidR="00EF13CB" w:rsidRPr="00251EFD" w:rsidRDefault="00EF13CB" w:rsidP="00A67F94">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
           <w:i w:val="0"/>
           <w:color w:val="4F5150"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF13CB" w:rsidRPr="00251EFD" w:rsidSect="00515EBE">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="389C777A" w14:textId="77777777" w:rsidR="003307B2" w:rsidRDefault="003307B2" w:rsidP="00D109C1">
+    <w:p w14:paraId="673FC257" w14:textId="77777777" w:rsidR="00A86727" w:rsidRDefault="00A86727" w:rsidP="00D109C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53034C80" w14:textId="77777777" w:rsidR="003307B2" w:rsidRDefault="003307B2" w:rsidP="00D109C1">
+    <w:p w14:paraId="2EFED360" w14:textId="77777777" w:rsidR="00A86727" w:rsidRDefault="00A86727" w:rsidP="00D109C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0612C121" w14:textId="77777777" w:rsidR="003307B2" w:rsidRDefault="003307B2">
+    <w:p w14:paraId="749EABD7" w14:textId="77777777" w:rsidR="00A86727" w:rsidRDefault="00A86727">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir LT Com 35 Light">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Century Gothic"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zilla Slab">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5001E47B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
@@ -10834,179 +10974,179 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1373964843"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="64C8EF25" w14:textId="77777777" w:rsidR="00F8248A" w:rsidRDefault="00F8248A" w:rsidP="00030969">
+      <w:p w14:paraId="43D2A17B" w14:textId="76EBC8A1" w:rsidR="00F8248A" w:rsidRDefault="00F8248A" w:rsidP="00030969">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="0079438F">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="0079438F">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="0079438F">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00A67F94">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:noProof/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="0079438F">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:noProof/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="49EEB803" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="007F2BE3">
+  <w:p w14:paraId="5F1A8DEE" w14:textId="6C820874" w:rsidR="00BE3613" w:rsidRDefault="00BE3613" w:rsidP="007F2BE3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="66163689" w14:textId="77777777" w:rsidR="007F2BE3" w:rsidRDefault="00435986" w:rsidP="00251EFD">
+  <w:p w14:paraId="69D2D26F" w14:textId="5CF99DB2" w:rsidR="007F2BE3" w:rsidRDefault="00435986" w:rsidP="00251EFD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00435986">
       <w:rPr>
         <w:color w:val="404040"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
       <w:t xml:space="preserve">All intellectual property rights in this document and any related materials for its interpretation and application constitute “Website Materials” as defined in the </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="00435986">
         <w:rPr>
           <w:color w:val="404040"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Verra Website Terms and Conditions of Use</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="00435986">
       <w:rPr>
         <w:color w:val="404040"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
       <w:t>. All applicable terms and conditions set out therein apply to this document. Website Materials are owned by Verra or by third parties who have licensed their materials to Verra and are protected by applicable intellectual property laws. Use of this Website Material in the establishment or operation of a project or development of a methodology under a Verra certification program is permitted (“Authorized Use”). Any other use, including copying, modifying, distributing, or creating derivative works, whether in whole or in part, is prohibited unless expressly authorized by Verra or the relevant rights holder. All proprietary notices must be retained in any copies made under the Authorized Use. Verra trademarks, logos, and brand names may not be used without Verra’s prior written consent. All rights not expressly granted herein are reserved.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5BA9EAB7" w14:textId="77777777" w:rsidR="00053421" w:rsidRDefault="00053421" w:rsidP="00030969">
+  <w:p w14:paraId="7D2F873F" w14:textId="5BC20360" w:rsidR="00053421" w:rsidRDefault="00053421" w:rsidP="00030969">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="75B067C8" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+  <w:p w14:paraId="21B975C8" w14:textId="77777777" w:rsidR="00472B31" w:rsidRDefault="00472B31">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-934585552"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5725C0AB" w14:textId="77777777" w:rsidR="00F8248A" w:rsidRDefault="00F8248A" w:rsidP="00030969">
+      <w:p w14:paraId="5E58559E" w14:textId="7B42F717" w:rsidR="00F8248A" w:rsidRDefault="00F8248A" w:rsidP="00030969">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="0079438F">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="0079438F">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="0079438F">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
@@ -11027,51 +11167,51 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-155849312"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:color w:val="262626"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="263002C2" w14:textId="77777777" w:rsidR="007F2BE3" w:rsidRPr="007F2BE3" w:rsidRDefault="007F2BE3" w:rsidP="007F2BE3">
+      <w:p w14:paraId="795F4F4E" w14:textId="45C77686" w:rsidR="007F2BE3" w:rsidRPr="007F2BE3" w:rsidRDefault="007F2BE3" w:rsidP="007F2BE3">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="007F2BE3">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007F2BE3">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="007F2BE3">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
@@ -11080,198 +11220,198 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007F2BE3">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="007F2BE3">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:color w:val="262626"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66E06553" w14:textId="77777777" w:rsidR="003307B2" w:rsidRDefault="003307B2" w:rsidP="00D109C1">
+    <w:p w14:paraId="1AE5F80E" w14:textId="77777777" w:rsidR="00A86727" w:rsidRDefault="00A86727" w:rsidP="00D109C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03542D48" w14:textId="77777777" w:rsidR="003307B2" w:rsidRDefault="003307B2" w:rsidP="00D109C1">
+    <w:p w14:paraId="11E2296F" w14:textId="77777777" w:rsidR="00A86727" w:rsidRDefault="00A86727" w:rsidP="00D109C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="43CB3F31" w14:textId="77777777" w:rsidR="003307B2" w:rsidRDefault="003307B2">
+    <w:p w14:paraId="6AA74C5D" w14:textId="77777777" w:rsidR="00A86727" w:rsidRDefault="00A86727">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2CD24AD2" w14:textId="77777777" w:rsidR="00444E0D" w:rsidRPr="005416D1" w:rsidRDefault="00444E0D" w:rsidP="00444E0D">
+  <w:p w14:paraId="45D9563D" w14:textId="123947E8" w:rsidR="00444E0D" w:rsidRPr="005416D1" w:rsidRDefault="00444E0D" w:rsidP="00444E0D">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00E43389">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E4480F4" wp14:editId="1513DDE5">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DCE3734" wp14:editId="01A4DC45">
           <wp:extent cx="2743200" cy="914400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1620611769" name="Picture 5" descr="A close-up of a sign&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1620611769" name="Picture 5" descr="A close-up of a sign&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2743200" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1A8D1928" w14:textId="77777777" w:rsidR="00F8248A" w:rsidRPr="002A3A28" w:rsidRDefault="00F8248A" w:rsidP="00251EFD">
+  <w:p w14:paraId="0529692C" w14:textId="1620D4A7" w:rsidR="00F8248A" w:rsidRPr="002A3A28" w:rsidRDefault="00F8248A" w:rsidP="00251EFD">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1014"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:color w:val="262626"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:srgbClr w14:val="262626">
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
             </w14:srgbClr>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="780647CC" w14:textId="77777777" w:rsidR="00BE3613" w:rsidRPr="000700ED" w:rsidRDefault="000700ED" w:rsidP="000700ED">
+  <w:p w14:paraId="3E25AC89" w14:textId="3F031A0A" w:rsidR="00BE3613" w:rsidRPr="000700ED" w:rsidRDefault="000700ED" w:rsidP="000700ED">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1014"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:color w:val="262626"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:srgbClr w14:val="262626">
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
             </w14:srgbClr>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:noProof/>
         <w:color w:val="262626"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36345815" wp14:editId="1123F8D2">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="450B559B" wp14:editId="5EDFF8D1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>190500</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-144306</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="912432" cy="364972"/>
           <wp:effectExtent l="0" t="0" r="2540" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1764361536" name="Picture 1764361536" descr="A blue and black logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="565300364" name="Picture 565300364" descr="A blue and black logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -11305,118 +11445,119 @@
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:noProof/>
         <w:color w:val="262626"/>
         <w:szCs w:val="21"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:srgbClr w14:val="262626">
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
             </w14:srgbClr>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:tab/>
       <w:t>VCS Module/Tool Template, v5.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="44B0760C" w14:textId="77777777" w:rsidR="0050676F" w:rsidRPr="0050676F" w:rsidRDefault="0050676F" w:rsidP="0050676F">
+  <w:p w14:paraId="68DDCEC5" w14:textId="1425095A" w:rsidR="0050676F" w:rsidRPr="0050676F" w:rsidRDefault="0050676F" w:rsidP="00472B31">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1005"/>
       </w:tabs>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00E43389">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C0D45F0" wp14:editId="1440E421">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20523A81" wp14:editId="0D9B1FAA">
           <wp:extent cx="2743200" cy="914400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="703165268" name="Picture 5" descr="A close-up of a sign&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1620611769" name="Picture 5" descr="A close-up of a sign&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2743200" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3A7F78CA" w14:textId="77777777" w:rsidR="00156625" w:rsidRPr="002A3A28" w:rsidRDefault="00156625" w:rsidP="00156625">
+  <w:p w14:paraId="4F9C8A30" w14:textId="77EF6E6E" w:rsidR="00156625" w:rsidRPr="002A3A28" w:rsidRDefault="00156625" w:rsidP="00156625">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1014"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:color w:val="262626"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:srgbClr w14:val="262626">
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
             </w14:srgbClr>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
@@ -11444,51 +11585,51 @@
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:noProof/>
         <w:color w:val="262626"/>
         <w:szCs w:val="21"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:srgbClr w14:val="262626">
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
             </w14:srgbClr>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:noProof/>
         <w:color w:val="262626"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="187C7499" wp14:editId="7991C44E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="436E3D29" wp14:editId="2376D554">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>190704</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-188259</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="912432" cy="364972"/>
           <wp:effectExtent l="0" t="0" r="2540" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="16711629" name="Picture 16711629" descr="A blue and black logo&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="16711629" name="Picture 16711629" descr="A blue and black logo&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -11536,56 +11677,56 @@
         </w14:textFill>
       </w:rPr>
       <w:tab/>
       <w:t>VCS Module/Tool Template, v</w:t>
     </w:r>
     <w:r w:rsidR="00435986">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:noProof/>
         <w:color w:val="262626"/>
         <w:szCs w:val="21"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:srgbClr w14:val="262626">
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
             </w14:srgbClr>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
       <w:t>5.0</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4749A983" w14:textId="77777777" w:rsidR="00156625" w:rsidRPr="005416D1" w:rsidRDefault="00156625" w:rsidP="00444E0D">
+  <w:p w14:paraId="02A5C1DD" w14:textId="70888032" w:rsidR="00156625" w:rsidRPr="005416D1" w:rsidRDefault="00156625" w:rsidP="00444E0D">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6FF8CF0B" w14:textId="77777777" w:rsidR="00156625" w:rsidRPr="002A3A28" w:rsidRDefault="00156625" w:rsidP="00251EFD">
+  <w:p w14:paraId="2C0AF19C" w14:textId="06DC194F" w:rsidR="00156625" w:rsidRPr="002A3A28" w:rsidRDefault="00156625" w:rsidP="00251EFD">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1014"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:color w:val="262626"/>
         <w14:textFill>
           <w14:solidFill>
             <w14:srgbClr w14:val="262626">
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
               <w14:lumMod w14:val="65000"/>
               <w14:lumOff w14:val="35000"/>
             </w14:srgbClr>
           </w14:solidFill>
         </w14:textFill>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
@@ -15905,79 +16046,79 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2106804114">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="6030644">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="632910983">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1117603194">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1412266267">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00786545"/>
+    <w:rsidRoot w:val="001128A6"/>
     <w:rsid w:val="000012C3"/>
     <w:rsid w:val="0000162B"/>
     <w:rsid w:val="000040EA"/>
     <w:rsid w:val="00005855"/>
     <w:rsid w:val="00013E78"/>
     <w:rsid w:val="000143C0"/>
     <w:rsid w:val="000156D9"/>
     <w:rsid w:val="00017FAA"/>
     <w:rsid w:val="00021D8F"/>
     <w:rsid w:val="0002251D"/>
     <w:rsid w:val="00024CFD"/>
     <w:rsid w:val="00026502"/>
     <w:rsid w:val="00030969"/>
     <w:rsid w:val="0003165C"/>
     <w:rsid w:val="0003211D"/>
     <w:rsid w:val="00033140"/>
     <w:rsid w:val="000334E6"/>
     <w:rsid w:val="000336C9"/>
     <w:rsid w:val="000401C2"/>
     <w:rsid w:val="00040E91"/>
     <w:rsid w:val="000436BC"/>
     <w:rsid w:val="00043861"/>
     <w:rsid w:val="00044DE1"/>
     <w:rsid w:val="00045AF0"/>
     <w:rsid w:val="00053421"/>
@@ -16066,51 +16207,50 @@
     <w:rsid w:val="00153513"/>
     <w:rsid w:val="00154285"/>
     <w:rsid w:val="00156178"/>
     <w:rsid w:val="00156625"/>
     <w:rsid w:val="001573EC"/>
     <w:rsid w:val="0016118D"/>
     <w:rsid w:val="0016195F"/>
     <w:rsid w:val="00175614"/>
     <w:rsid w:val="001760BA"/>
     <w:rsid w:val="00176C9C"/>
     <w:rsid w:val="001816F0"/>
     <w:rsid w:val="00181FB7"/>
     <w:rsid w:val="00184527"/>
     <w:rsid w:val="00184A65"/>
     <w:rsid w:val="001925B4"/>
     <w:rsid w:val="00193D61"/>
     <w:rsid w:val="00196B03"/>
     <w:rsid w:val="00196CBC"/>
     <w:rsid w:val="001A46E7"/>
     <w:rsid w:val="001A4703"/>
     <w:rsid w:val="001A4D38"/>
     <w:rsid w:val="001A583F"/>
     <w:rsid w:val="001A5F83"/>
     <w:rsid w:val="001A7CE7"/>
     <w:rsid w:val="001A7D14"/>
-    <w:rsid w:val="001B33C9"/>
     <w:rsid w:val="001B403A"/>
     <w:rsid w:val="001B4ADE"/>
     <w:rsid w:val="001B6633"/>
     <w:rsid w:val="001C0D6B"/>
     <w:rsid w:val="001C14B9"/>
     <w:rsid w:val="001D5A75"/>
     <w:rsid w:val="001D66F7"/>
     <w:rsid w:val="001E0C76"/>
     <w:rsid w:val="001E55E4"/>
     <w:rsid w:val="001E7631"/>
     <w:rsid w:val="001F62DB"/>
     <w:rsid w:val="001F7868"/>
     <w:rsid w:val="001F7AA3"/>
     <w:rsid w:val="002078A1"/>
     <w:rsid w:val="0021028F"/>
     <w:rsid w:val="0021043B"/>
     <w:rsid w:val="00211927"/>
     <w:rsid w:val="0021281B"/>
     <w:rsid w:val="00214EE7"/>
     <w:rsid w:val="00215854"/>
     <w:rsid w:val="00216F3E"/>
     <w:rsid w:val="00233C9C"/>
     <w:rsid w:val="00233F07"/>
     <w:rsid w:val="002341A0"/>
     <w:rsid w:val="00236A4C"/>
@@ -16174,51 +16314,50 @@
     <w:rsid w:val="002F46FA"/>
     <w:rsid w:val="002F5474"/>
     <w:rsid w:val="002F6029"/>
     <w:rsid w:val="002F63B9"/>
     <w:rsid w:val="002F7ABB"/>
     <w:rsid w:val="002F7B5F"/>
     <w:rsid w:val="00300B79"/>
     <w:rsid w:val="00303B96"/>
     <w:rsid w:val="00305699"/>
     <w:rsid w:val="00305C7B"/>
     <w:rsid w:val="00305C93"/>
     <w:rsid w:val="00306428"/>
     <w:rsid w:val="00310455"/>
     <w:rsid w:val="00310BE8"/>
     <w:rsid w:val="00310D62"/>
     <w:rsid w:val="00313EA3"/>
     <w:rsid w:val="00314616"/>
     <w:rsid w:val="0031501A"/>
     <w:rsid w:val="0031771B"/>
     <w:rsid w:val="0032163D"/>
     <w:rsid w:val="0032224D"/>
     <w:rsid w:val="00324DDF"/>
     <w:rsid w:val="00326886"/>
     <w:rsid w:val="0032727A"/>
     <w:rsid w:val="0033045E"/>
-    <w:rsid w:val="003307B2"/>
     <w:rsid w:val="00332F14"/>
     <w:rsid w:val="0033394A"/>
     <w:rsid w:val="0033547A"/>
     <w:rsid w:val="00340A18"/>
     <w:rsid w:val="00342808"/>
     <w:rsid w:val="0034531B"/>
     <w:rsid w:val="00347778"/>
     <w:rsid w:val="00351CA3"/>
     <w:rsid w:val="00351EF7"/>
     <w:rsid w:val="0035284D"/>
     <w:rsid w:val="00352945"/>
     <w:rsid w:val="00352F23"/>
     <w:rsid w:val="00352F99"/>
     <w:rsid w:val="00354973"/>
     <w:rsid w:val="00362399"/>
     <w:rsid w:val="00362F5E"/>
     <w:rsid w:val="00366351"/>
     <w:rsid w:val="00367D26"/>
     <w:rsid w:val="00370258"/>
     <w:rsid w:val="00371142"/>
     <w:rsid w:val="00373D4C"/>
     <w:rsid w:val="00374F4A"/>
     <w:rsid w:val="00375E12"/>
     <w:rsid w:val="003763DF"/>
     <w:rsid w:val="00377159"/>
@@ -16273,50 +16412,51 @@
     <w:rsid w:val="00435986"/>
     <w:rsid w:val="00436EE5"/>
     <w:rsid w:val="004416DF"/>
     <w:rsid w:val="004436ED"/>
     <w:rsid w:val="00443E2D"/>
     <w:rsid w:val="00444E0D"/>
     <w:rsid w:val="00444FAB"/>
     <w:rsid w:val="00445B86"/>
     <w:rsid w:val="00445D59"/>
     <w:rsid w:val="0045008D"/>
     <w:rsid w:val="00451126"/>
     <w:rsid w:val="00452A88"/>
     <w:rsid w:val="00453512"/>
     <w:rsid w:val="00453B95"/>
     <w:rsid w:val="00455D09"/>
     <w:rsid w:val="00464E3A"/>
     <w:rsid w:val="00467934"/>
     <w:rsid w:val="00470551"/>
     <w:rsid w:val="004708A6"/>
     <w:rsid w:val="00470AF5"/>
     <w:rsid w:val="00470D89"/>
     <w:rsid w:val="004714F8"/>
     <w:rsid w:val="0047150F"/>
     <w:rsid w:val="0047257D"/>
     <w:rsid w:val="004726A6"/>
+    <w:rsid w:val="00472B31"/>
     <w:rsid w:val="004736C5"/>
     <w:rsid w:val="00475EF7"/>
     <w:rsid w:val="0047625C"/>
     <w:rsid w:val="0048125D"/>
     <w:rsid w:val="00482278"/>
     <w:rsid w:val="00484D8A"/>
     <w:rsid w:val="00484FFE"/>
     <w:rsid w:val="004853A6"/>
     <w:rsid w:val="00493BCF"/>
     <w:rsid w:val="0049418B"/>
     <w:rsid w:val="00496FF5"/>
     <w:rsid w:val="004A1494"/>
     <w:rsid w:val="004A1BFB"/>
     <w:rsid w:val="004A29F3"/>
     <w:rsid w:val="004A50D0"/>
     <w:rsid w:val="004A5588"/>
     <w:rsid w:val="004A6D75"/>
     <w:rsid w:val="004A7C74"/>
     <w:rsid w:val="004B0B6E"/>
     <w:rsid w:val="004B2ECE"/>
     <w:rsid w:val="004B3D6C"/>
     <w:rsid w:val="004B528E"/>
     <w:rsid w:val="004B57BD"/>
     <w:rsid w:val="004C0A09"/>
     <w:rsid w:val="004C3593"/>
@@ -16367,50 +16507,51 @@
     <w:rsid w:val="00583C98"/>
     <w:rsid w:val="00585FDF"/>
     <w:rsid w:val="00590876"/>
     <w:rsid w:val="00591490"/>
     <w:rsid w:val="00595679"/>
     <w:rsid w:val="00595934"/>
     <w:rsid w:val="005A1230"/>
     <w:rsid w:val="005A2099"/>
     <w:rsid w:val="005A499E"/>
     <w:rsid w:val="005A4A6C"/>
     <w:rsid w:val="005A4EE0"/>
     <w:rsid w:val="005B2999"/>
     <w:rsid w:val="005B2C43"/>
     <w:rsid w:val="005B2CDE"/>
     <w:rsid w:val="005B4583"/>
     <w:rsid w:val="005B48B7"/>
     <w:rsid w:val="005B5D46"/>
     <w:rsid w:val="005B6343"/>
     <w:rsid w:val="005B74FB"/>
     <w:rsid w:val="005C03B1"/>
     <w:rsid w:val="005C18D6"/>
     <w:rsid w:val="005C2CE9"/>
     <w:rsid w:val="005C5A23"/>
     <w:rsid w:val="005C691C"/>
     <w:rsid w:val="005C7296"/>
+    <w:rsid w:val="005D2F87"/>
     <w:rsid w:val="005D38E1"/>
     <w:rsid w:val="005D60C6"/>
     <w:rsid w:val="005E1410"/>
     <w:rsid w:val="005E3815"/>
     <w:rsid w:val="005E5980"/>
     <w:rsid w:val="005E6891"/>
     <w:rsid w:val="005E7392"/>
     <w:rsid w:val="005E7C70"/>
     <w:rsid w:val="005F0F43"/>
     <w:rsid w:val="005F692F"/>
     <w:rsid w:val="0060123B"/>
     <w:rsid w:val="006030A0"/>
     <w:rsid w:val="006056A2"/>
     <w:rsid w:val="00605983"/>
     <w:rsid w:val="00611192"/>
     <w:rsid w:val="006113D0"/>
     <w:rsid w:val="00614224"/>
     <w:rsid w:val="0061526E"/>
     <w:rsid w:val="00617DC9"/>
     <w:rsid w:val="00627F58"/>
     <w:rsid w:val="00630612"/>
     <w:rsid w:val="006312E2"/>
     <w:rsid w:val="00632746"/>
     <w:rsid w:val="00633396"/>
     <w:rsid w:val="00634F9C"/>
@@ -16498,51 +16639,50 @@
     <w:rsid w:val="00740B6C"/>
     <w:rsid w:val="007410D9"/>
     <w:rsid w:val="00742677"/>
     <w:rsid w:val="00744FD2"/>
     <w:rsid w:val="007455DC"/>
     <w:rsid w:val="00746929"/>
     <w:rsid w:val="00747FC2"/>
     <w:rsid w:val="0075025F"/>
     <w:rsid w:val="00752BA0"/>
     <w:rsid w:val="00752EBE"/>
     <w:rsid w:val="0075354B"/>
     <w:rsid w:val="00755BC5"/>
     <w:rsid w:val="00757BF6"/>
     <w:rsid w:val="00757C2A"/>
     <w:rsid w:val="0076189D"/>
     <w:rsid w:val="00761A82"/>
     <w:rsid w:val="0076392C"/>
     <w:rsid w:val="00766B00"/>
     <w:rsid w:val="00775382"/>
     <w:rsid w:val="00776930"/>
     <w:rsid w:val="007770E9"/>
     <w:rsid w:val="00780C91"/>
     <w:rsid w:val="0078229C"/>
     <w:rsid w:val="0078372D"/>
     <w:rsid w:val="00785881"/>
-    <w:rsid w:val="00786545"/>
     <w:rsid w:val="00787636"/>
     <w:rsid w:val="0079210A"/>
     <w:rsid w:val="00792177"/>
     <w:rsid w:val="00793397"/>
     <w:rsid w:val="00793632"/>
     <w:rsid w:val="00793810"/>
     <w:rsid w:val="0079438F"/>
     <w:rsid w:val="0079466A"/>
     <w:rsid w:val="007966EE"/>
     <w:rsid w:val="00797E90"/>
     <w:rsid w:val="007A049E"/>
     <w:rsid w:val="007A2E8B"/>
     <w:rsid w:val="007A3415"/>
     <w:rsid w:val="007A3C5D"/>
     <w:rsid w:val="007A3CA6"/>
     <w:rsid w:val="007A61BC"/>
     <w:rsid w:val="007A6B0D"/>
     <w:rsid w:val="007B0168"/>
     <w:rsid w:val="007B51E5"/>
     <w:rsid w:val="007B660B"/>
     <w:rsid w:val="007C1716"/>
     <w:rsid w:val="007C1FDA"/>
     <w:rsid w:val="007C5502"/>
     <w:rsid w:val="007C640B"/>
     <w:rsid w:val="007E0BCA"/>
@@ -16571,50 +16711,51 @@
     <w:rsid w:val="00830FBB"/>
     <w:rsid w:val="0083342C"/>
     <w:rsid w:val="00845276"/>
     <w:rsid w:val="008470E0"/>
     <w:rsid w:val="00851B8D"/>
     <w:rsid w:val="008533DA"/>
     <w:rsid w:val="008555B2"/>
     <w:rsid w:val="008556F8"/>
     <w:rsid w:val="008615DC"/>
     <w:rsid w:val="00861E70"/>
     <w:rsid w:val="00862B2B"/>
     <w:rsid w:val="00863224"/>
     <w:rsid w:val="008653FD"/>
     <w:rsid w:val="008655C8"/>
     <w:rsid w:val="00867FF2"/>
     <w:rsid w:val="00870101"/>
     <w:rsid w:val="00872E35"/>
     <w:rsid w:val="00875D21"/>
     <w:rsid w:val="00875F1C"/>
     <w:rsid w:val="0087717F"/>
     <w:rsid w:val="00877942"/>
     <w:rsid w:val="00881332"/>
     <w:rsid w:val="00882979"/>
     <w:rsid w:val="00883E33"/>
     <w:rsid w:val="0088558A"/>
+    <w:rsid w:val="008877A9"/>
     <w:rsid w:val="00890CDF"/>
     <w:rsid w:val="0089275C"/>
     <w:rsid w:val="00892DCC"/>
     <w:rsid w:val="00892FFB"/>
     <w:rsid w:val="00893F78"/>
     <w:rsid w:val="008A55BB"/>
     <w:rsid w:val="008A7584"/>
     <w:rsid w:val="008B4DA5"/>
     <w:rsid w:val="008B62AA"/>
     <w:rsid w:val="008B7F69"/>
     <w:rsid w:val="008C075D"/>
     <w:rsid w:val="008C2F71"/>
     <w:rsid w:val="008C3621"/>
     <w:rsid w:val="008C3D17"/>
     <w:rsid w:val="008C7D47"/>
     <w:rsid w:val="008D15C4"/>
     <w:rsid w:val="008D2489"/>
     <w:rsid w:val="008D3CFC"/>
     <w:rsid w:val="008D4605"/>
     <w:rsid w:val="008D6DC2"/>
     <w:rsid w:val="008D73C6"/>
     <w:rsid w:val="008D746A"/>
     <w:rsid w:val="008E4C7E"/>
     <w:rsid w:val="008E4E17"/>
     <w:rsid w:val="008F0969"/>
@@ -16789,51 +16930,50 @@
     <w:rsid w:val="00B3286B"/>
     <w:rsid w:val="00B34131"/>
     <w:rsid w:val="00B349F6"/>
     <w:rsid w:val="00B3593B"/>
     <w:rsid w:val="00B35A16"/>
     <w:rsid w:val="00B360E5"/>
     <w:rsid w:val="00B42B0D"/>
     <w:rsid w:val="00B43C3E"/>
     <w:rsid w:val="00B43E3E"/>
     <w:rsid w:val="00B43EC5"/>
     <w:rsid w:val="00B452CF"/>
     <w:rsid w:val="00B458E5"/>
     <w:rsid w:val="00B46869"/>
     <w:rsid w:val="00B52F9B"/>
     <w:rsid w:val="00B579DB"/>
     <w:rsid w:val="00B6168F"/>
     <w:rsid w:val="00B65792"/>
     <w:rsid w:val="00B67D11"/>
     <w:rsid w:val="00B7044D"/>
     <w:rsid w:val="00B70A13"/>
     <w:rsid w:val="00B72774"/>
     <w:rsid w:val="00B75DC8"/>
     <w:rsid w:val="00B76103"/>
     <w:rsid w:val="00B80DA4"/>
     <w:rsid w:val="00B81A6D"/>
-    <w:rsid w:val="00B8584D"/>
     <w:rsid w:val="00B92AD4"/>
     <w:rsid w:val="00B938ED"/>
     <w:rsid w:val="00B93FCF"/>
     <w:rsid w:val="00B952E5"/>
     <w:rsid w:val="00B979DF"/>
     <w:rsid w:val="00BA0B2C"/>
     <w:rsid w:val="00BA1C74"/>
     <w:rsid w:val="00BA2431"/>
     <w:rsid w:val="00BA2A24"/>
     <w:rsid w:val="00BA3B0B"/>
     <w:rsid w:val="00BA609E"/>
     <w:rsid w:val="00BB0BDD"/>
     <w:rsid w:val="00BB7CB0"/>
     <w:rsid w:val="00BC0A6A"/>
     <w:rsid w:val="00BC11EE"/>
     <w:rsid w:val="00BC449D"/>
     <w:rsid w:val="00BC465A"/>
     <w:rsid w:val="00BC4B1E"/>
     <w:rsid w:val="00BC52EB"/>
     <w:rsid w:val="00BC6BD2"/>
     <w:rsid w:val="00BC72C3"/>
     <w:rsid w:val="00BD1E32"/>
     <w:rsid w:val="00BD4A53"/>
     <w:rsid w:val="00BD714E"/>
     <w:rsid w:val="00BD723B"/>
@@ -17070,50 +17210,51 @@
     <w:rsid w:val="00F40505"/>
     <w:rsid w:val="00F409F0"/>
     <w:rsid w:val="00F41A87"/>
     <w:rsid w:val="00F4201C"/>
     <w:rsid w:val="00F42888"/>
     <w:rsid w:val="00F428C5"/>
     <w:rsid w:val="00F43031"/>
     <w:rsid w:val="00F453B8"/>
     <w:rsid w:val="00F45809"/>
     <w:rsid w:val="00F521C5"/>
     <w:rsid w:val="00F528DF"/>
     <w:rsid w:val="00F534F6"/>
     <w:rsid w:val="00F54DF1"/>
     <w:rsid w:val="00F550FE"/>
     <w:rsid w:val="00F5531B"/>
     <w:rsid w:val="00F55D03"/>
     <w:rsid w:val="00F56B40"/>
     <w:rsid w:val="00F62269"/>
     <w:rsid w:val="00F701FC"/>
     <w:rsid w:val="00F74302"/>
     <w:rsid w:val="00F75EAD"/>
     <w:rsid w:val="00F77293"/>
     <w:rsid w:val="00F777CC"/>
     <w:rsid w:val="00F8248A"/>
     <w:rsid w:val="00F83EEC"/>
+    <w:rsid w:val="00F85FA2"/>
     <w:rsid w:val="00F867EB"/>
     <w:rsid w:val="00F8683A"/>
     <w:rsid w:val="00F86A92"/>
     <w:rsid w:val="00F876EA"/>
     <w:rsid w:val="00F93492"/>
     <w:rsid w:val="00F972EA"/>
     <w:rsid w:val="00FA292D"/>
     <w:rsid w:val="00FA3484"/>
     <w:rsid w:val="00FA3602"/>
     <w:rsid w:val="00FA652B"/>
     <w:rsid w:val="00FA7C1C"/>
     <w:rsid w:val="00FA7E84"/>
     <w:rsid w:val="00FB099E"/>
     <w:rsid w:val="00FB3465"/>
     <w:rsid w:val="00FB6F24"/>
     <w:rsid w:val="00FC0F36"/>
     <w:rsid w:val="00FC13F8"/>
     <w:rsid w:val="00FC23E1"/>
     <w:rsid w:val="00FC2A6D"/>
     <w:rsid w:val="00FC3B93"/>
     <w:rsid w:val="00FC59D9"/>
     <w:rsid w:val="00FC7D7A"/>
     <w:rsid w:val="00FD0BD2"/>
     <w:rsid w:val="00FD283C"/>
     <w:rsid w:val="00FD60F0"/>
@@ -17137,53 +17278,53 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6A3535BE"/>
+  <w14:docId w14:val="5BD6CFA5"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F4275CED-DA3E-46AC-9539-2A420884EE22}"/>
+  <w15:docId w15:val="{B54BFF9F-E729-4867-A501-FAC0278C9E39}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19548,50 +19689,78 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalIndent">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A21617"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet5">
     <w:name w:val="List Bullet 5"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC3D0F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="36"/>
       </w:numPr>
       <w:ind w:left="1498"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00472B31"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00472B31"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+      <w:spacing w:val="2"/>
+      <w:kern w:val="21"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="717627311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2080056264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -19623,54 +19792,50 @@
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://verra.org/verra-website-terms-and-conditions-of-use/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\CathySpicer-Sitzes\Downloads\VCS-Module_Tool-Template-v5.0.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Verra-SD VISta">
   <a:themeElements>
     <a:clrScheme name="Verra -- SD VISta">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="4F5150"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F4FFFB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="DAAE28"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="2B3957"/>
       </a:accent2>
       <a:accent3>
@@ -19907,81 +20072,98 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3ba820af-9c36-47fb-8383-9944acc4573c" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5944c9fc-9421-4c39-b608-61ce31788618">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CDDC1F0F2D97C04690DF7AC407C65BA5" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="138ac169aaadc9c430b97b25b46ecc4e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5944c9fc-9421-4c39-b608-61ce31788618" xmlns:ns3="3ba820af-9c36-47fb-8383-9944acc4573c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4cce58cbed9668fc3dbbcfb9a7470718" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CDDC1F0F2D97C04690DF7AC407C65BA5" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c2a8f73726158df7782b5509da623285">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5944c9fc-9421-4c39-b608-61ce31788618" xmlns:ns3="3ba820af-9c36-47fb-8383-9944acc4573c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="52e985387673696fe2cd80698e74d6a7" ns2:_="" ns3:_="">
     <xsd:import namespace="5944c9fc-9421-4c39-b608-61ce31788618"/>
     <xsd:import namespace="3ba820af-9c36-47fb-8383-9944acc4573c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5944c9fc-9421-4c39-b608-61ce31788618" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -20022,50 +20204,55 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4b97863a-9c53-4d79-aa62-b4edf9878b66" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3ba820af-9c36-47fb-8383-9944acc4573c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -20165,146 +20352,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A56C65A7-132A-4C87-8332-1AA064AC334D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B670A4C8-B59E-4B67-8144-EC59070EFC82}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3ba820af-9c36-47fb-8383-9944acc4573c"/>
+    <ds:schemaRef ds:uri="5944c9fc-9421-4c39-b608-61ce31788618"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F36C59D-28EE-49FD-924D-7909C169ECD0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{758B9C99-F734-47BB-A95B-F2AF3382F092}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D124F2C2-7233-4762-886D-5F7215002FFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5944c9fc-9421-4c39-b608-61ce31788618"/>
     <ds:schemaRef ds:uri="3ba820af-9c36-47fb-8383-9944acc4573c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{758B9C99-F734-47BB-A95B-F2AF3382F092}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A56C65A7-132A-4C87-8332-1AA064AC334D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="5944c9fc-9421-4c39-b608-61ce31788618"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>VCS-Module_Tool-Template-v5.0</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>2701</Words>
-  <Characters>15397</Characters>
+  <Words>2622</Words>
+  <Characters>15476</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>128</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>429</Lines>
+  <Paragraphs>301</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>VCS Module/Tool Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18062</CharactersWithSpaces>
+  <CharactersWithSpaces>17797</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="66" baseType="variant">
       <vt:variant>
         <vt:i4>1179705</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>71</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc200528982</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1179705</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -20473,49 +20650,49 @@
         <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc200528970</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>VCS Module/Tool Template</dc:title>
   <dc:subject/>
-  <dc:creator>Cathy Spicer-Sitzes</dc:creator>
+  <dc:creator>Verra</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CDDC1F0F2D97C04690DF7AC407C65BA5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>489e9bff6b741fd9e7c119e88bbe1b872d3f39602143051c583d8e377611b831</vt:lpwstr>
   </property>
 </Properties>
 </file>